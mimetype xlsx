--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -362,96 +362,96 @@
   <x:si>
     <x:t>Gestion centre profit</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>Chef de projet webmarketing et e-commerce (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dcf - Academy Numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketing opérationnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chef de projet webmarketing et e-commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
-    <x:t>formation entièrement à distance</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet webmarketing et e-commerce (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
@@ -2443,265 +2443,267 @@
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>556143</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
+      <x:c r="E22" s="14" t="s"/>
+      <x:c r="F22" s="14" t="s"/>
+      <x:c r="G22" s="14" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="P22" s="14" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="S22" s="14" t="n">
+        <x:v>607181</x:v>
+      </x:c>
+      <x:c r="T22" s="16" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="U22" s="16" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>607181</x:v>
+        <x:v>583761</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>601339</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>584184</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
@@ -3358,160 +3360,159 @@
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>529938</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38123</x:v>
+        <x:v>36149</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>597168</x:v>
+        <x:v>536215</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>36149</x:v>
+        <x:v>38123</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>32145</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>536215</x:v>
+        <x:v>597168</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -5875,51 +5876,51 @@
         <x:v>198</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>36743</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>553364</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>205</x:v>
       </x:c>