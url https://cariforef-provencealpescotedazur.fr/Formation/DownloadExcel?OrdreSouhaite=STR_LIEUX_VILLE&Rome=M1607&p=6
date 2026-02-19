--- v1 (2026-02-19)
+++ v2 (2026-02-19)
@@ -809,77 +809,77 @@
   <x:si>
     <x:t>Lycée Ste J d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Raynouard</x:t>
   </x:si>
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Renoir</x:t>
   </x:si>
   <x:si>
     <x:t>06802</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
-    <x:t>CANNES</x:t>
+    <x:t>Titre professionnel chargé d'accueil et de gestion administrative (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Les Côteaux</x:t>
   </x:si>
   <x:si>
     <x:t>LP Les Fauvettes</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Les Côteaux</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre Apprendre Pratiquer Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CAP FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
@@ -887,164 +887,164 @@
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Victor Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée I Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Dumas</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre National d'Enseignement à Distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHASSENEUIL-DU-POITOU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capacité en droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGOLIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ste-Marthe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Sainte-Marthe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUERS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A David Néel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC PRO AGORA - Assistance à la gestion des organisations et de leurs activités</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Excel niveau 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Beau de Rochas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent du Sacré-Coeur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Beau de Rochas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Excel niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre National d'Enseignement à Distance</x:t>
-[...109 lines deleted...]
-  <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83011</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée R Goscinny</x:t>
   </x:si>
   <x:si>
     <x:t>06340</x:t>
   </x:si>
   <x:si>
     <x:t>DRAP</x:t>
@@ -1364,59 +1364,59 @@
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
   </x:si>
   <x:si>
     <x:t>LA COLLE-SUR-LOUP</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Someform|Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/23/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LA GAUDE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beaussier</x:t>
@@ -1520,92 +1520,92 @@
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistante dentaire polyvalente</x:t>
   </x:si>
   <x:si>
     <x:t>Efficience Dentaire</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé d'accueil et de gestion administrative</x:t>
   </x:si>
   <x:si>
-    <x:t>LE PONTET CEDEX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LOURMARIN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international G Duby</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
@@ -1952,80 +1952,80 @@
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOSA</x:t>
   </x:si>
   <x:si>
     <x:t>Agence DM</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/07/2026 00:00:00</x:t>
-[...11 lines deleted...]
-    <x:t>LPO St-Vincent de Paul</x:t>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/23/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Frédéric Mistral - Lycée des Métiers de l'Automobile et des Services aux Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Daumier</x:t>
   </x:si>
   <x:si>
     <x:t>LP E Rostand</x:t>
@@ -2153,188 +2153,188 @@
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Ch Grawitz</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée A Artaud</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LPO Saint-Louis</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St Louis</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée P et M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>LP Paul Valéry</x:t>
   </x:si>
   <x:si>
-    <x:t>06500</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée J Cocteau</x:t>
   </x:si>
   <x:si>
     <x:t>13141</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure des Compétences et Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure des Compétences et Métiers - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Studio Gentile - Systemv</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
+    <x:t>Bureautique Microsoft avec l'intelligence artificielle (IA) intégrée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Design</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel secrétaire assistant (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
-    <x:t>Bureautique Microsoft avec l'intelligence artificielle (IA) intégrée</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Magnan</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Apollinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Formation modulaire certifiante : métiers de l'assistanat administratif, médico-administratif et comptable</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
@@ -2696,72 +2696,72 @@
   <x:si>
     <x:t>VENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Matisse</x:t>
   </x:si>
   <x:si>
     <x:t>06140</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée hospitalier Les cadrans solaires</x:t>
   </x:si>
   <x:si>
     <x:t>06142</x:t>
   </x:si>
   <x:si>
     <x:t>VENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
+    <x:t>France Langues Communication - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLC FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06160</x:t>
+  </x:si>
+  <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
-    <x:t>France Langues Communication - CFA</x:t>
-[...5 lines deleted...]
-    <x:t>06160</x:t>
+    <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Jean Monnet</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -9764,152 +9764,153 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>616592</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>595297</x:v>
+        <x:v>612602</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="C123" s="3" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C123" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J123" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>612602</x:v>
+        <x:v>595297</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -10083,808 +10084,813 @@
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>612566</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>555975</x:v>
+        <x:v>616668</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
-      <x:c r="E129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>246</x:v>
-[...2 lines deleted...]
-        <x:v>247</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>608429</x:v>
+        <x:v>605044</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s"/>
+      <x:c r="E130" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>252</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>595296</x:v>
+        <x:v>555933</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>605326</x:v>
+        <x:v>615545</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>595294</x:v>
+        <x:v>615485</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C133" s="3" t="s"/>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C133" s="3" t="n">
+        <x:v>41239</x:v>
+      </x:c>
       <x:c r="D133" s="3" t="s"/>
+      <x:c r="E133" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="J133" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>604924</x:v>
+        <x:v>608524</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>502661</x:v>
+        <x:v>605326</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="C135" s="3" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C135" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="J135" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>612545</x:v>
+        <x:v>595294</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>555933</x:v>
+        <x:v>604924</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="C137" s="3" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C137" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="J137" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>605044</x:v>
+        <x:v>502661</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>616668</x:v>
+        <x:v>612545</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C139" s="3" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C139" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="J139" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>615545</x:v>
+        <x:v>595296</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="C140" s="15" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C140" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J140" s="14" t="s"/>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="J140" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>615485</x:v>
+        <x:v>555975</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>608524</x:v>
+        <x:v>608429</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>256</x:v>
@@ -11346,2341 +11352,2336 @@
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>595285</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="C151" s="3" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C151" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J151" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>605019</x:v>
+        <x:v>615825</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H152" s="14" t="s">
+      <x:c r="I152" s="16" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="S152" s="14" t="n">
+        <x:v>573540</x:v>
+      </x:c>
+      <x:c r="T152" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="S152" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H153" s="0" t="s">
+      <x:c r="I153" s="4" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="S153" s="0" t="n">
+        <x:v>573537</x:v>
+      </x:c>
+      <x:c r="T153" s="4" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H154" s="14" t="s">
+      <x:c r="I154" s="16" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="S154" s="14" t="n">
+        <x:v>573538</x:v>
+      </x:c>
+      <x:c r="T154" s="16" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H155" s="0" t="s">
+      <x:c r="I155" s="4" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>573538</x:v>
+        <x:v>615823</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H156" s="14" t="s">
+      <x:c r="I156" s="16" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>615823</x:v>
+        <x:v>615824</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H157" s="0" t="s">
+      <x:c r="I157" s="4" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>615824</x:v>
+        <x:v>615826</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38625</x:v>
+        <x:v>39823</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H158" s="14" t="s">
+      <x:c r="I158" s="16" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>615826</x:v>
+        <x:v>573503</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H159" s="0" t="s">
+      <x:c r="I159" s="4" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>573503</x:v>
+        <x:v>573504</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="U159" s="4" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>39823</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H160" s="14" t="s">
+      <x:c r="I160" s="16" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="S160" s="14" t="n">
+        <x:v>573539</x:v>
+      </x:c>
+      <x:c r="T160" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="S160" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>273</x:v>
-[...2 lines deleted...]
-        <x:v>274</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>275</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>573539</x:v>
+        <x:v>615473</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>615473</x:v>
+        <x:v>605311</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>605311</x:v>
+        <x:v>605028</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>605028</x:v>
+        <x:v>604910</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>604910</x:v>
+        <x:v>615529</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C166" s="15" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C166" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J166" s="14" t="s"/>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="J166" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>615529</x:v>
+        <x:v>595303</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>595303</x:v>
+        <x:v>594442</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="C168" s="15" t="s"/>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C168" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>594442</x:v>
+        <x:v>611961</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>290</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>292</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="R169" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="R169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>611961</x:v>
+        <x:v>571763</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>38</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>571763</x:v>
+        <x:v>611225</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>294</x:v>
-[...1 lines deleted...]
-      <x:c r="C171" s="3" t="s"/>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C171" s="3" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>295</x:v>
-[...2 lines deleted...]
-        <x:v>296</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J171" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>611225</x:v>
+        <x:v>519390</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s"/>
+      <x:c r="E172" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="R172" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="R172" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>519390</x:v>
+        <x:v>617232</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I173" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q173" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q173" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>617232</x:v>
+        <x:v>547506</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q174" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q174" s="16" t="s">
+      <x:c r="R174" s="14" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="S174" s="14" t="n">
+        <x:v>547505</x:v>
+      </x:c>
+      <x:c r="T174" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="R174" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
-      <x:c r="E175" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>292</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>547505</x:v>
+        <x:v>611224</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>295</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="J176" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="J176" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>611224</x:v>
+        <x:v>594473</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="C177" s="3" t="s"/>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C177" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>594473</x:v>
+        <x:v>611962</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q178" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="Q178" s="16" t="s">
+      <x:c r="R178" s="14" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>543681</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="R179" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="R179" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>611962</x:v>
+        <x:v>595269</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>306</x:v>
-[...1 lines deleted...]
-      <x:c r="H180" s="14" t="s"/>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>301</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>595269</x:v>
+        <x:v>611221</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>295</x:v>
-[...2 lines deleted...]
-        <x:v>296</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>611221</x:v>
+        <x:v>616651</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>616651</x:v>
+        <x:v>615507</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>615507</x:v>
+        <x:v>615466</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="C184" s="15" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C184" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J184" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="J184" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>615466</x:v>
+        <x:v>574579</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>574579</x:v>
+        <x:v>612596</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="C186" s="15" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C186" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s"/>
+      <x:c r="E186" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="J186" s="14" t="s"/>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="J186" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>612596</x:v>
+        <x:v>601695</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
-      <x:c r="E187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>601695</x:v>
+        <x:v>594449</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="C188" s="15" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C188" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>594449</x:v>
+        <x:v>595270</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>315</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>595270</x:v>
+        <x:v>605304</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>605304</x:v>
+        <x:v>604890</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C191" s="3" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C191" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="J191" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>604890</x:v>
+        <x:v>574577</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>574577</x:v>
+        <x:v>605019</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>54</x:v>
@@ -14381,194 +14382,194 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>552338</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>615468</x:v>
+        <x:v>604892</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>604892</x:v>
+        <x:v>542256</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>35011</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>542256</x:v>
+        <x:v>615468</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
@@ -14596,539 +14597,539 @@
         <x:v>615525</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>15294</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>616674</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>599042</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>581507</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q214" s="16" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>543680</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I215" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q215" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>611959</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>617230</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I217" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>547501</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>547502</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>599041</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
@@ -15170,186 +15171,186 @@
       <x:c r="T220" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>617364</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q222" s="16" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>611960</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I223" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q223" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>544800</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36390</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
@@ -16231,199 +16232,198 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>605027</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>616656</x:v>
+        <x:v>615528</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C242" s="15" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C242" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J242" s="14" t="s"/>
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="J242" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>615528</x:v>
+        <x:v>572874</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>371</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>572874</x:v>
+        <x:v>616656</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>105</x:v>
@@ -16546,51 +16546,51 @@
       <x:c r="M246" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>606336</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -17042,51 +17042,51 @@
       <x:c r="L255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>615725</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
@@ -18727,51 +18727,51 @@
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>570301</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
@@ -19159,414 +19159,413 @@
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>612599</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>427</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>578485</x:v>
+        <x:v>615470</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>615470</x:v>
+        <x:v>615526</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>615526</x:v>
+        <x:v>564527</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>564527</x:v>
+        <x:v>605308</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>605308</x:v>
+        <x:v>616654</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>612652</x:v>
+        <x:v>578485</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C300" s="15" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C300" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J300" s="14" t="s"/>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="J300" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>616654</x:v>
+        <x:v>612652</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -20024,57 +20023,57 @@
         <x:v>605001</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H310" s="14" t="s">
+      <x:c r="I310" s="16" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
@@ -20238,57 +20237,57 @@
         <x:v>614290</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H314" s="14" t="s">
+      <x:c r="I314" s="16" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
@@ -20298,57 +20297,57 @@
       <x:c r="S314" s="14" t="n">
         <x:v>502114</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H315" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H315" s="0" t="s">
+      <x:c r="I315" s="4" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
@@ -20411,57 +20410,57 @@
       <x:c r="S316" s="14" t="n">
         <x:v>616593</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H317" s="0" t="s">
+      <x:c r="I317" s="4" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
@@ -20722,198 +20721,199 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>598731</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C323" s="3" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C323" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="J323" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>616655</x:v>
+        <x:v>568813</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="J324" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>15052</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>568813</x:v>
+        <x:v>521443</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>15052</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>521443</x:v>
+        <x:v>616655</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
@@ -21199,86 +21199,86 @@
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>599169</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H332" s="14" t="s">
+      <x:c r="I332" s="16" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>611222</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
@@ -21361,51 +21361,51 @@
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>566431</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
@@ -21992,51 +21992,51 @@
       <x:c r="L346" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>615727</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
@@ -22052,328 +22052,328 @@
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>554305</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>600574</x:v>
+        <x:v>524798</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>524798</x:v>
+        <x:v>600574</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>524896</x:v>
+        <x:v>604442</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>612164</x:v>
+        <x:v>524896</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>575419</x:v>
+        <x:v>612164</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
@@ -22383,665 +22383,665 @@
       <x:c r="J353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>575420</x:v>
+        <x:v>575419</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>513265</x:v>
+        <x:v>575420</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>544538</x:v>
+        <x:v>513265</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>612097</x:v>
+        <x:v>544538</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>604441</x:v>
+        <x:v>612097</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>604503</x:v>
+        <x:v>604441</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>575501</x:v>
+        <x:v>604503</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>544553</x:v>
+        <x:v>575501</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>513053</x:v>
+        <x:v>544553</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>604442</x:v>
+        <x:v>513053</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>575502</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H364" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H364" s="14" t="s">
+      <x:c r="I364" s="16" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
@@ -23051,214 +23051,214 @@
       <x:c r="S364" s="14" t="n">
         <x:v>553233</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H365" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H365" s="0" t="s">
+      <x:c r="I365" s="4" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>448719</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H366" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H366" s="14" t="s">
+      <x:c r="I366" s="16" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>501648</x:v>
+        <x:v>604780</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H367" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H367" s="0" t="s">
+      <x:c r="I367" s="4" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>604780</x:v>
+        <x:v>501648</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
@@ -23788,85 +23788,85 @@
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>612522</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I379" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q379" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>543679</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
@@ -23905,54 +23905,54 @@
       <x:c r="S380" s="14" t="n">
         <x:v>604927</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I381" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
@@ -23963,55 +23963,55 @@
         <x:v>547493</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
@@ -24060,88 +24060,88 @@
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>616670</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q384" s="16" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>493630</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>60</x:v>
@@ -24221,85 +24221,85 @@
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>572399</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I387" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q387" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>611957</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
@@ -24432,51 +24432,51 @@
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>605328</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
@@ -24542,51 +24542,51 @@
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>495550</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
@@ -24673,87 +24673,87 @@
       <x:c r="S394" s="14" t="n">
         <x:v>549136</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I395" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>494770</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
@@ -24884,85 +24884,85 @@
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>605047</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I399" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q399" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>611958</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
@@ -25047,51 +25047,51 @@
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>594478</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -25989,51 +25989,51 @@
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>592210</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -26051,161 +26051,161 @@
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>576289</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>600475</x:v>
+        <x:v>498664</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>498664</x:v>
+        <x:v>600475</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
@@ -26569,75 +26569,75 @@
       <x:c r="T429" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>611902</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
@@ -26721,51 +26721,51 @@
       <x:c r="L432" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>590011</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -26778,51 +26778,51 @@
       <x:c r="M433" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>590872</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="G434" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>570</x:v>
@@ -26896,51 +26896,51 @@
       <x:c r="L435" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>583782</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
@@ -27415,51 +27415,51 @@
       <x:c r="M445" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>576606</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
@@ -27771,51 +27771,51 @@
       <x:c r="L452" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>575134</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>54</x:v>
@@ -27953,75 +27953,75 @@
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>553839</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>585</x:v>
@@ -28662,607 +28662,608 @@
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>576626</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>584582</x:v>
+        <x:v>576602</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>584584</x:v>
+        <x:v>576617</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>576602</x:v>
+        <x:v>584585</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="U472" s="16" t="s">
         <x:v>628</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="C473" s="3" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C473" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
+      <x:c r="J473" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>576617</x:v>
+        <x:v>595298</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>584585</x:v>
+        <x:v>584582</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>629</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="J475" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>595298</x:v>
+        <x:v>584584</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="J476" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>594482</x:v>
+        <x:v>576618</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>584596</x:v>
+        <x:v>575131</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>576618</x:v>
+        <x:v>575133</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
+      <x:c r="J479" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>575131</x:v>
+        <x:v>594482</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>575133</x:v>
+        <x:v>584596</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>40</x:v>
@@ -29474,62 +29475,62 @@
       <x:c r="L485" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>575135</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="U485" s="4" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -29584,51 +29585,51 @@
       <x:c r="I487" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>556757</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
@@ -29667,186 +29668,186 @@
       <x:c r="S488" s="14" t="n">
         <x:v>612570</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>576110</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>607452</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>594462</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
@@ -29879,51 +29880,51 @@
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>595307</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
@@ -30754,92 +30755,92 @@
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>595287</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>612581</x:v>
+        <x:v>604889</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
@@ -30978,51 +30979,51 @@
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>524895</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>29</x:v>
@@ -31035,51 +31036,51 @@
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>604439</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -31094,51 +31095,51 @@
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>604501</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>29</x:v>
@@ -31210,51 +31211,51 @@
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>524796</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
@@ -31267,99 +31268,99 @@
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>604440</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>604500</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
@@ -31383,99 +31384,99 @@
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>524887</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>604438</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
@@ -31555,327 +31556,324 @@
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>524797</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>407</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
-        <x:v>383</x:v>
-[...2 lines deleted...]
-        <x:v>384</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>524894</x:v>
+        <x:v>594477</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
-      <x:c r="E524" s="14" t="s"/>
+      <x:c r="E524" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>694</x:v>
-[...1 lines deleted...]
-      <x:c r="H524" s="14" t="s"/>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s">
+        <x:v>384</x:v>
+      </x:c>
       <x:c r="I524" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>595290</x:v>
+        <x:v>610278</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C525" s="3" t="s"/>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>594477</x:v>
+        <x:v>594433</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="C526" s="15" t="s"/>
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C526" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>696</x:v>
-[...1 lines deleted...]
-      <x:c r="H526" s="14" t="s"/>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H526" s="14" t="s">
+        <x:v>384</x:v>
+      </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>594433</x:v>
+        <x:v>524894</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
-      <x:c r="E527" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>383</x:v>
-[...2 lines deleted...]
-        <x:v>384</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>610278</x:v>
+        <x:v>595290</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -31896,51 +31894,51 @@
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>595267</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>62</x:v>
@@ -32001,51 +31999,51 @@
       <x:c r="L530" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>590000</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>704</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
@@ -32122,922 +32120,922 @@
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>604916</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>605317</x:v>
+        <x:v>612580</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>615478</x:v>
+        <x:v>605317</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>615534</x:v>
+        <x:v>615478</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C536" s="15" t="s"/>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s"/>
       <x:c r="K536" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>616661</x:v>
+        <x:v>615534</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C537" s="3" t="s"/>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>605035</x:v>
+        <x:v>616661</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s"/>
       <x:c r="K538" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>612580</x:v>
+        <x:v>605035</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="C539" s="3" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C539" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>594496</x:v>
+        <x:v>595304</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>595304</x:v>
+        <x:v>594496</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="J541" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>612555</x:v>
+        <x:v>594439</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="Q542" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="Q542" s="16" t="s">
+      <x:c r="R542" s="14" t="s">
         <x:v>711</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>595302</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>711</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="R543" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="R543" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>594439</x:v>
+        <x:v>612555</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s"/>
       <x:c r="K544" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>605018</x:v>
+        <x:v>612581</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>604889</x:v>
+        <x:v>615506</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C546" s="15" t="s"/>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s"/>
       <x:c r="K546" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>615506</x:v>
+        <x:v>605301</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C547" s="3" t="s"/>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>605301</x:v>
+        <x:v>616650</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C548" s="15" t="s"/>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s"/>
       <x:c r="K548" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>616650</x:v>
+        <x:v>615465</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>615465</x:v>
+        <x:v>605018</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>53</x:v>
@@ -33643,486 +33641,487 @@
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>579346</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>36389</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>35006</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>499255</x:v>
+        <x:v>603604</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>36389</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>603604</x:v>
+        <x:v>499255</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
-      <x:c r="E564" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>725</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J564" s="14" t="s"/>
       <x:c r="K564" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q564" s="16" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="R564" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="Q564" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>603786</x:v>
+        <x:v>615483</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H565" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>554390</x:v>
+        <x:v>608430</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
-        <x:v>38625</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="Q566" s="16" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="R566" s="14" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="S566" s="14" t="n">
+        <x:v>506902</x:v>
+      </x:c>
+      <x:c r="T566" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="Q566" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="I567" s="4" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>506902</x:v>
+        <x:v>554390</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="C568" s="15" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C568" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D568" s="15" t="s"/>
-      <x:c r="E568" s="14" t="s"/>
+      <x:c r="E568" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J568" s="14" t="s"/>
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="J568" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K568" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>615483</x:v>
+        <x:v>603786</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C569" s="3" t="s"/>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>578648</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -34131,814 +34130,815 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s"/>
       <x:c r="K570" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>616666</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>595314</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="C572" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C572" s="15" t="s"/>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>728</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="J572" s="14" t="s"/>
       <x:c r="K572" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>588363</x:v>
+        <x:v>616676</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>736</x:v>
-[...1 lines deleted...]
-      <x:c r="C573" s="3" t="s"/>
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="C573" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="J573" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
-        <x:v>70354</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>616676</x:v>
+        <x:v>588363</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I574" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>502660</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C575" s="3" t="s"/>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>616675</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C576" s="15" t="s"/>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s"/>
       <x:c r="K576" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>586155</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C577" s="3" t="s"/>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>605323</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>595292</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C579" s="3" t="s"/>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>594490</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I580" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>555935</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C581" s="3" t="s"/>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>594446</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>735</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="Q582" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="Q582" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>601193</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>505820</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="F584" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="G584" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="I584" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>583837</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="E585" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -34948,163 +34948,163 @@
       <x:c r="I585" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>552339</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>595313</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C587" s="3" t="s"/>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>594475</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C588" s="15" t="s"/>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -35113,337 +35113,337 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s"/>
       <x:c r="K588" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>615543</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>555976</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I590" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>608525</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>583811</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C592" s="15" t="s"/>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s"/>
       <x:c r="K592" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>566966</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C593" s="3" t="s"/>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>617462</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C594" s="15" t="s"/>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -35452,51 +35452,51 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s"/>
       <x:c r="K594" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>604922</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
@@ -35506,51 +35506,51 @@
       <x:c r="J595" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>592209</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C596" s="15" t="s"/>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -35559,108 +35559,108 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s"/>
       <x:c r="K596" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>605041</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="I597" s="4" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="Q597" s="4" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="Q597" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>602112</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
@@ -36154,145 +36154,145 @@
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
         <x:v>612637</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C608" s="15" t="s"/>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s"/>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s"/>
       <x:c r="K608" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>615490</x:v>
+        <x:v>604930</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C609" s="3" t="s"/>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>604930</x:v>
+        <x:v>615490</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C610" s="15" t="s"/>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>53</x:v>
@@ -37103,158 +37103,158 @@
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>507267</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>455444</x:v>
+        <x:v>557195</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I626" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>557195</x:v>
+        <x:v>455444</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C627" s="3" t="s"/>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>28</x:v>
@@ -39643,195 +39643,198 @@
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>595305</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="C673" s="3" t="s"/>
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C673" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D673" s="3" t="s"/>
+      <x:c r="E673" s="0" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="F673" s="0" t="s">
+        <x:v>568</x:v>
+      </x:c>
       <x:c r="G673" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J673" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>32667</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>612521</x:v>
+        <x:v>583767</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>566</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C674" s="15" t="s"/>
       <x:c r="D674" s="15" t="s"/>
-      <x:c r="E674" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E674" s="14" t="s"/>
+      <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
-        <x:v>292</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J674" s="14" t="s"/>
       <x:c r="K674" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
-        <x:v>32667</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>583767</x:v>
+        <x:v>612521</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I675" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="Q675" s="4" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>571290</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
@@ -39913,51 +39916,51 @@
       <x:c r="L677" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>546938</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C678" s="15" t="s"/>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I678" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -40138,98 +40141,96 @@
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
         <x:v>615494</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C682" s="15" t="s"/>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s"/>
       <x:c r="K682" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
-        <x:v>525582</x:v>
+        <x:v>605005</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C683" s="3" t="s"/>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>62</x:v>
@@ -40295,92 +40296,95 @@
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>616594</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C685" s="3" t="s"/>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H685" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>605005</x:v>
+        <x:v>525582</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s"/>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="I686" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
@@ -41327,253 +41331,253 @@
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>615549</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C704" s="15" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C704" s="15" t="n">
+        <x:v>41239</x:v>
+      </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="H704" s="14" t="s"/>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="H704" s="14" t="s">
+        <x:v>850</x:v>
+      </x:c>
       <x:c r="I704" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J704" s="14" t="s"/>
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="J704" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
-        <x:v>604929</x:v>
+        <x:v>611291</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C705" s="3" t="s"/>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
-        <x:v>605048</x:v>
+        <x:v>616671</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C706" s="15" t="s"/>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
-        <x:v>849</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
-        <x:v>455</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J706" s="14" t="s"/>
       <x:c r="K706" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
-        <x:v>849</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
-        <x:v>611291</x:v>
+        <x:v>604929</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C707" s="3" t="s"/>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
-        <x:v>616671</x:v>
+        <x:v>605048</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>36389</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="I708" s="16" t="s">
         <x:v>839</x:v>
@@ -41649,159 +41653,156 @@
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>595295</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="C710" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C710" s="15" t="n">
+        <x:v>40249</x:v>
+      </x:c>
       <x:c r="D710" s="15" t="s"/>
-      <x:c r="E710" s="14" t="s"/>
+      <x:c r="E710" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="H710" s="14" t="s"/>
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="H710" s="14" t="s">
+        <x:v>838</x:v>
+      </x:c>
       <x:c r="I710" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J710" s="14" t="s"/>
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="J710" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K710" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
-        <x:v>615489</x:v>
+        <x:v>599789</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C711" s="3" t="s"/>
       <x:c r="D711" s="3" t="s"/>
-      <x:c r="E711" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G711" s="0" t="s">
-        <x:v>837</x:v>
-[...2 lines deleted...]
-        <x:v>838</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
-        <x:v>839</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
-        <x:v>35006</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
-        <x:v>599789</x:v>
+        <x:v>615489</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
-        <x:v>855</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="I712" s="16" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
@@ -41813,51 +41814,51 @@
       <x:c r="L712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>576238</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -43257,106 +43258,106 @@
       <x:c r="K740" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L740" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M740" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
-        <x:v>604883</x:v>
+        <x:v>615497</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C741" s="3" t="s"/>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="G741" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
-        <x:v>605291</x:v>
+        <x:v>616597</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C742" s="15" t="s"/>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s"/>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s"/>
       <x:c r="I742" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s"/>
       <x:c r="K742" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
@@ -43461,1035 +43462,1031 @@
       <x:c r="K744" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
-        <x:v>615497</x:v>
+        <x:v>604883</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C745" s="3" t="s"/>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
-        <x:v>616597</x:v>
+        <x:v>605291</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="C746" s="15" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C746" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D746" s="15" t="s"/>
-      <x:c r="E746" s="14" t="s"/>
+      <x:c r="E746" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
-        <x:v>38</x:v>
-[...1 lines deleted...]
-      <x:c r="H746" s="14" t="s"/>
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="H746" s="14" t="s">
+        <x:v>876</x:v>
+      </x:c>
       <x:c r="I746" s="16" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="J746" s="14" t="s"/>
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="J746" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K746" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>612543</x:v>
+        <x:v>548910</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C747" s="3" t="s"/>
       <x:c r="D747" s="3" t="s"/>
-      <x:c r="E747" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G747" s="0" t="s">
-        <x:v>876</x:v>
-[...2 lines deleted...]
-        <x:v>877</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
-        <x:v>878</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="R747" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="R747" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>603100</x:v>
+        <x:v>612543</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C748" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="H748" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
-      <x:c r="H748" s="14" t="s">
+      <x:c r="I748" s="16" t="s">
         <x:v>877</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>878</x:v>
       </x:c>
       <x:c r="J748" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K748" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
-        <x:v>876</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="R748" s="14" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="R748" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S748" s="14" t="n">
-        <x:v>548910</x:v>
+        <x:v>603100</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C749" s="3" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C749" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="G749" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="J749" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
-        <x:v>615535</x:v>
+        <x:v>595271</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C750" s="15" t="s"/>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s"/>
       <x:c r="I750" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s"/>
       <x:c r="K750" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O750" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
-        <x:v>604917</x:v>
+        <x:v>605036</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="C751" s="3" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C751" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D751" s="3" t="s"/>
+      <x:c r="E751" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G751" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J751" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
-        <x:v>594463</x:v>
+        <x:v>601782</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C752" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D752" s="15" t="s"/>
-      <x:c r="E752" s="14" t="s"/>
+      <x:c r="E752" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H752" s="14" t="s"/>
       <x:c r="I752" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K752" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L752" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M752" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N752" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O752" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P752" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q752" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R752" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S752" s="14" t="n">
-        <x:v>567187</x:v>
+        <x:v>552160</x:v>
       </x:c>
       <x:c r="T752" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U752" s="16" t="s">
-        <x:v>881</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:21">
       <x:c r="A753" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C753" s="3" t="s"/>
       <x:c r="D753" s="3" t="s"/>
       <x:c r="G753" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I753" s="4" t="s">
-        <x:v>427</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M753" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O753" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P753" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q753" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R753" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
-        <x:v>595271</x:v>
+        <x:v>616662</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C754" s="15" t="s"/>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s"/>
       <x:c r="I754" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J754" s="14" t="s"/>
       <x:c r="K754" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
-        <x:v>605036</x:v>
+        <x:v>615479</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C755" s="3" t="s"/>
       <x:c r="D755" s="3" t="s"/>
-      <x:c r="E755" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G755" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J755" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N755" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O755" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P755" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="Q755" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R755" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S755" s="0" t="n">
-        <x:v>601782</x:v>
+        <x:v>594491</x:v>
       </x:c>
       <x:c r="T755" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U755" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C756" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D756" s="15" t="s"/>
-      <x:c r="E756" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E756" s="14" t="s"/>
       <x:c r="F756" s="14" t="s"/>
       <x:c r="G756" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H756" s="14" t="s"/>
       <x:c r="I756" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J756" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K756" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M756" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
-        <x:v>552160</x:v>
+        <x:v>588429</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C757" s="3" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C757" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D757" s="3" t="s"/>
+      <x:c r="E757" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G757" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="J757" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L757" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M757" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N757" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O757" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P757" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q757" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R757" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S757" s="0" t="n">
-        <x:v>616662</x:v>
+        <x:v>601780</x:v>
       </x:c>
       <x:c r="T757" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U757" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:21">
       <x:c r="A758" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B758" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C758" s="15" t="s"/>
       <x:c r="D758" s="15" t="s"/>
       <x:c r="E758" s="14" t="s"/>
       <x:c r="F758" s="14" t="s"/>
       <x:c r="G758" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H758" s="14" t="s"/>
       <x:c r="I758" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J758" s="14" t="s"/>
       <x:c r="K758" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L758" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M758" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N758" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O758" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P758" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
-        <x:v>615479</x:v>
+        <x:v>605318</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C759" s="3" t="s"/>
       <x:c r="D759" s="3" t="s"/>
       <x:c r="G759" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I759" s="4" t="s">
-        <x:v>427</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L759" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M759" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N759" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O759" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P759" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q759" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R759" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S759" s="0" t="n">
-        <x:v>594491</x:v>
+        <x:v>615535</x:v>
       </x:c>
       <x:c r="T759" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U759" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:21">
       <x:c r="A760" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B760" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C760" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D760" s="15" t="s"/>
       <x:c r="E760" s="14" t="s"/>
       <x:c r="F760" s="14" t="s"/>
       <x:c r="G760" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H760" s="14" t="s"/>
       <x:c r="I760" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J760" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K760" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L760" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M760" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N760" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O760" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P760" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
-        <x:v>588429</x:v>
+        <x:v>567187</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>881</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C761" s="3" t="s"/>
       <x:c r="D761" s="3" t="s"/>
-      <x:c r="E761" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G761" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I761" s="4" t="s">
-        <x:v>427</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
-        <x:v>601780</x:v>
+        <x:v>604917</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C762" s="15" t="s"/>
       <x:c r="D762" s="15" t="s"/>
       <x:c r="E762" s="14" t="s"/>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H762" s="14" t="s"/>
       <x:c r="I762" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J762" s="14" t="s"/>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="J762" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="K762" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L762" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M762" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N762" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O762" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P762" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
-        <x:v>605318</x:v>
+        <x:v>594463</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>