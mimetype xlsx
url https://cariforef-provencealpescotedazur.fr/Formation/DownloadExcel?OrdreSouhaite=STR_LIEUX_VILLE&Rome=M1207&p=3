--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -581,65 +581,65 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention monnaie, banque, finance, assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Difcam</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - UFR Sciences Economiques et de Gestion</x:t>
   </x:si>
   <x:si>
-    <x:t>11/05/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Finance pour non financiers : Les "ficelles" de la finance d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention économétrie, statistiques</x:t>
   </x:si>
   <x:si>
     <x:t>Statistique appliquée</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention comptabilité - contrôle - audit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économétrie, statistiques parcours économétrie et data sciences</x:t>
@@ -791,80 +791,89 @@
   <x:si>
     <x:t>MSc corporate finance</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>ESCG Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel (Contrat de Professionnalisation)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>MSc Banking and Finance</x:t>
@@ -914,137 +923,128 @@
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>11/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
-    <x:t>06000</x:t>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Module UE 5 du DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insecc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insecc - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Compagnie de Formation - Pigier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>École Pigier Nice</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>11/03/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ESCG Nice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention monnaie, banque, finance, assurance parcours international finance</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
@@ -1061,60 +1061,60 @@
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Économie membre comité social économique</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention métiers de la gestion et de la comptabilité : gestion comptable et financière</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Renforcer ses bases en gestion financière avant certification</x:t>
   </x:si>
   <x:si>
     <x:t>RT Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06140</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Commerçant , Demandeur d'emploi , Profession libérale , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>TOURRETTE-SUR-LOUP</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -3257,275 +3257,276 @@
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>571993</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>614708</x:v>
+        <x:v>581437</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>581437</x:v>
+        <x:v>571995</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>571995</x:v>
+        <x:v>588354</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>588354</x:v>
+        <x:v>614708</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -4582,161 +4583,162 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>548548</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38542</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>11052</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>568262</x:v>
+        <x:v>602197</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>38542</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>602197</x:v>
+        <x:v>568262</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -7094,513 +7096,516 @@
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>549368</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>461222</x:v>
+        <x:v>594987</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>461228</x:v>
+        <x:v>461222</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>461234</x:v>
+        <x:v>461228</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>461244</x:v>
+        <x:v>461234</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>461218</x:v>
+        <x:v>461244</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>461229</x:v>
+        <x:v>461218</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>577590</x:v>
+        <x:v>461229</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="C103" s="3" t="s"/>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="n">
+        <x:v>40998</x:v>
+      </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>527314</x:v>
+        <x:v>577590</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7656,2898 +7661,2893 @@
       <x:c r="L105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>485739</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>228</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>461224</x:v>
+        <x:v>527314</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>461255</x:v>
+        <x:v>461224</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>608022</x:v>
+        <x:v>461255</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
+      <x:c r="E109" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>461236</x:v>
+        <x:v>608022</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>461246</x:v>
+        <x:v>461236</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>461250</x:v>
+        <x:v>461246</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="H112" s="14" t="s"/>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>211</x:v>
+      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>594986</x:v>
+        <x:v>461250</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>39013</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>11017</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>592041</x:v>
+        <x:v>594986</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>258</x:v>
-[...1 lines deleted...]
-      <x:c r="C114" s="15" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="n">
+        <x:v>39013</x:v>
+      </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>260</x:v>
-[...1 lines deleted...]
-      <x:c r="J114" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J114" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>34236</x:v>
+        <x:v>11017</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="R114" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="R114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>596841</x:v>
+        <x:v>592041</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>13366</x:v>
+        <x:v>34236</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>596721</x:v>
+        <x:v>596841</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>37830</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>600150</x:v>
+        <x:v>596721</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
+      <x:c r="E117" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>597140</x:v>
+        <x:v>600150</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>546326</x:v>
+        <x:v>597140</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>39973</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
+      <x:c r="E119" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>32611</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>592281</x:v>
+        <x:v>546326</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>600156</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>594985</x:v>
+        <x:v>592281</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>607967</x:v>
+        <x:v>594985</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>501440</x:v>
+        <x:v>607967</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>550573</x:v>
+        <x:v>501440</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>35375</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>13366</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="Q125" s="4" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="R125" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="Q125" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>603833</x:v>
+        <x:v>550573</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s"/>
+      <x:c r="E126" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>575549</x:v>
+        <x:v>603833</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
-      <x:c r="E127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>554922</x:v>
+        <x:v>575549</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>278</x:v>
-[...1 lines deleted...]
-      <x:c r="H128" s="14" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="Q128" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="Q128" s="16" t="s">
+      <x:c r="R128" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="R128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>603680</x:v>
+        <x:v>554922</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="H129" s="0" t="s">
+      <x:c r="I129" s="4" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="R129" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="R129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>516442</x:v>
+        <x:v>603680</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>35375</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>13366</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>603403</x:v>
+        <x:v>545639</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>35375</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>13366</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>603405</x:v>
+        <x:v>495248</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>608203</x:v>
+        <x:v>609443</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>35375</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>13366</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="Q133" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R133" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S133" s="0" t="n">
+        <x:v>507607</x:v>
+      </x:c>
+      <x:c r="T133" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="Q133" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>39973</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>291</x:v>
-[...1 lines deleted...]
-      <x:c r="H134" s="14" t="s"/>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s">
+        <x:v>286</x:v>
+      </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>32611</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>592280</x:v>
+        <x:v>567429</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>607160</x:v>
+        <x:v>607159</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>37830</x:v>
+        <x:v>38542</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>603563</x:v>
+        <x:v>597442</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>554236</x:v>
+        <x:v>554864</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>38542</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>11052</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>597442</x:v>
+        <x:v>607160</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>187</x:v>
-[...2 lines deleted...]
-        <x:v>188</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>609443</x:v>
+        <x:v>603563</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>281</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>507607</x:v>
+        <x:v>554236</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>35375</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
-      <x:c r="E141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>13366</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>554864</x:v>
+        <x:v>592280</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>545639</x:v>
+        <x:v>516442</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>495248</x:v>
+        <x:v>453823</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s"/>
+      <x:c r="E144" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>567429</x:v>
+        <x:v>603403</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>607159</x:v>
+        <x:v>603405</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>609442</x:v>
+        <x:v>608203</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>35375</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>13366</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>510586</x:v>
+        <x:v>609442</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s"/>
+      <x:c r="E148" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="I148" s="16" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="J148" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="K148" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="L148" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="M148" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="N148" s="15" t="n">
+        <x:v>13366</x:v>
+      </x:c>
+      <x:c r="O148" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="P148" s="14" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="Q148" s="16" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="R148" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S148" s="14" t="n">
+        <x:v>510586</x:v>
+      </x:c>
+      <x:c r="T148" s="16" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U148" s="16" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...38 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>571997</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>545634</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>567430</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>554013</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>554234</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>546524</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -10557,116 +10557,116 @@
       <x:c r="H155" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>554812</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>498512</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -10676,464 +10676,463 @@
       <x:c r="H157" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>554866</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>559042</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>35375</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
-      <x:c r="E159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>13366</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>603404</x:v>
+        <x:v>587413</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>39973</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>298</x:v>
-[...1 lines deleted...]
-      <x:c r="H160" s="14" t="s"/>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s">
+        <x:v>286</x:v>
+      </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>32611</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>603568</x:v>
+        <x:v>587414</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>587413</x:v>
+        <x:v>571999</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s"/>
+      <x:c r="E162" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>587414</x:v>
+        <x:v>603404</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
+      <x:c r="E163" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>281</x:v>
-[...2 lines deleted...]
-        <x:v>282</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>571999</x:v>
+        <x:v>603568</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>596716</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38542</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
@@ -11267,160 +11266,159 @@
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>614427</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>41093</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>606180</x:v>
+        <x:v>602090</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>41093</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
-      <x:c r="E169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>602090</x:v>
+        <x:v>606180</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">