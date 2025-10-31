--- v0 (2025-10-31)
+++ v1 (2025-10-31)
@@ -272,68 +272,68 @@
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aesthetica Formation</x:t>
   </x:si>
   <x:si>
     <x:t>27270</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Beauty expert</x:t>
   </x:si>
   <x:si>
     <x:t>Liz Delorme - Makeup Institute Miami</x:t>
   </x:si>
   <x:si>
     <x:t>83120</x:t>
   </x:si>
   <x:si>
+    <x:t>12/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/02/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Techniques de coiffure pour cheveux spécifiques, bouclés à crépus</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
@@ -380,80 +380,80 @@
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maquilleur artistique et évènementiel BC2 réaliser un maquillage expert pour l’évènementiel (spécialisation beauté conseil et plateau télé)</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maquilleur artistique et évènementiel</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>Maquilleur artistique et évènementiel</x:t>
+    <x:t>Maquilleur artistique et évènementiel spécialisation effets spéciaux pour le cinéma (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maquilleur artistique et évènementiel BC3 réaliser un maquillage artistique avec des effets spéciaux (spécialisation cinéma, théâtre et danse)</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maquilleur artistique et évènementiel spécialisation effets spéciaux pour le cinéma (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Microblading - Microshading</x:t>
   </x:si>
   <x:si>
     <x:t>Alip - Institut Art du Corps - Dermo Académie</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation hygiène et salubrité + dermopigmentation réparatrice et corrective (vergetures, cicatrices, aréoles mammaires…)</x:t>
@@ -485,77 +485,77 @@
   <x:si>
     <x:t>CUERS</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lissage et  soins capillaires</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Commerçant , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialisation coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/19/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>12/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
@@ -629,129 +629,129 @@
   <x:si>
     <x:t>Silvya Terrade Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>69000</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Les Pennes Mirabeau</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>LES PENNES-MIRABEAU</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maquilleur artistique et évènementiel (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 1er</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/17/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/28/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Maquillage et coiffure professionnels du spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Cinémagis Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lep Privé de Coiffure Phocéa René Attoyan - CFC CFA René Attoyan Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les fondamentaux de l'apprentissage des cheveux bouclés, frisés, crépus</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert visage droguerie, parfumerie, hygiène (DPH)</x:t>
   </x:si>
   <x:si>
     <x:t>Ateliers de Perfectionnement Coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>APC</x:t>
   </x:si>
   <x:si>
     <x:t>24660</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Licencié pour motif économique , Public en emploi</x:t>
   </x:si>
@@ -1947,100 +1947,100 @@
       <x:c r="K10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42052</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>599112</x:v>
+        <x:v>599111</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42052</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>584130</x:v>
+        <x:v>599112</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>66</x:v>
@@ -2049,51 +2049,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42052</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>599111</x:v>
+        <x:v>584130</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2620,299 +2620,300 @@
       <x:c r="K22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>599409</x:v>
+        <x:v>583185</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>583185</x:v>
+        <x:v>583184</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>583184</x:v>
+        <x:v>599409</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>583188</x:v>
+        <x:v>598871</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>598871</x:v>
+        <x:v>583188</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
@@ -3241,297 +3242,297 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>599185</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>599188</x:v>
+        <x:v>599190</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>560681</x:v>
+        <x:v>599183</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>599190</x:v>
+        <x:v>599186</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>599183</x:v>
+        <x:v>599188</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>599186</x:v>
+        <x:v>560681</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
@@ -3950,51 +3951,51 @@
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>599697</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
@@ -4229,106 +4230,103 @@
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>506104</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>516189</x:v>
+        <x:v>565251</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>94</x:v>
@@ -4336,169 +4334,172 @@
       <x:c r="J54" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>545962</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>565251</x:v>
+        <x:v>516189</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>598850</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -4511,355 +4512,355 @@
       <x:c r="J57" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>565253</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>583186</x:v>
+        <x:v>545950</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>545950</x:v>
+        <x:v>583186</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>598854</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
+      <x:c r="E61" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>590653</x:v>
+        <x:v>545966</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>545966</x:v>
+        <x:v>590653</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -4869,51 +4870,51 @@
       <x:c r="J63" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>598851</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -4930,120 +4931,120 @@
       <x:c r="J64" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>598853</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>545970</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="G66" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
@@ -5166,51 +5167,51 @@
       <x:c r="K68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>506127</x:v>
+        <x:v>554418</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -5223,51 +5224,51 @@
       <x:c r="K69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>554418</x:v>
+        <x:v>506127</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>78</x:v>
@@ -6104,51 +6105,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>506109</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
@@ -6160,51 +6161,51 @@
       <x:c r="L86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>554419</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
@@ -6857,54 +6858,54 @@
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>554417</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -6914,54 +6915,54 @@
       <x:c r="L99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>506115</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>238</x:v>