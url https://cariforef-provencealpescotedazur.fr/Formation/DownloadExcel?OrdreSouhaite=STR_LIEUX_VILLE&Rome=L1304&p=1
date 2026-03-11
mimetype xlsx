--- v0 (2026-03-11)
+++ v1 (2026-03-11)
@@ -545,210 +545,210 @@
   <x:si>
     <x:t>MJM Graphic Design</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Stabilisateurs Ronin 2 et Ronin RS</x:t>
   </x:si>
   <x:si>
     <x:t>La Prod du Sud - Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Profession libérale , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistant caméra cinéma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cinémagis Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Équipement audiovisuel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant d'équipe technique de cinéma (POEC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ktm Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention cinéma et audiovisuel parcours écritures critiques, recherche et didactique de l'image</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assistant réalisateur cinéma</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
-    <x:t>Cinémagis Provence</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Assistant caméra cinéma</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures documentaires : recherche et création</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistant réalisateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cifap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Scripte pour le cinéma</x:t>
   </x:si>
   <x:si>
-    <x:t>Cifap</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Assistant réalisateur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Acting jeu caméra</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation mise en scène intimité</x:t>
   </x:si>
   <x:si>
+    <x:t>bachelor réalisateur nouveaux médias et JRI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Ateliers de l'Image et du Son - AIS formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Journalisme audiovisuel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Classe Tremplin, métiers de l'audiovisuel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Ateliers de l'Image et du Son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mise à niveau cinéma et audiovisuel (Mancav)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor Réalisateur nouveaux médias et JRI (3ème année)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastère pro cinema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cinéma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Techniques de réalisation audiovisuelle</x:t>
-  </x:si>
-[...49 lines deleted...]
-    <x:t>Journalisme audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère spécialisé créations vidéo-Ludiques et transmédia (CVT)</x:t>
   </x:si>
   <x:si>
     <x:t>Conception réalisation transmédia</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention animation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
@@ -3316,375 +3316,375 @@
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>622196</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>39377</x:v>
+        <x:v>39956</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
+      <x:c r="G35" s="0" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>46233</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>606158</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="U35" s="4" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="s"/>
+      <x:c r="D36" s="15" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F36" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C36" s="15" t="n">
-[...4 lines deleted...]
-      <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>84</x:v>
-[...1 lines deleted...]
-      <x:c r="J36" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s"/>
+      <x:c r="K36" s="14" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="L36" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M36" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N36" s="15" t="n">
+        <x:v>46264</x:v>
+      </x:c>
+      <x:c r="O36" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P36" s="14" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="K36" s="14" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>606158</x:v>
+        <x:v>603519</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C37" s="3" t="s"/>
+      <x:c r="C37" s="3" t="n">
+        <x:v>39404</x:v>
+      </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
+      <x:c r="G37" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="I37" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K37" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L37" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M37" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>46236</x:v>
+      </x:c>
+      <x:c r="O37" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F37" s="0" t="s">
+      <x:c r="Q37" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="G37" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>603519</x:v>
+        <x:v>575525</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>39404</x:v>
+        <x:v>39956</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>46236</x:v>
+        <x:v>46233</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>575525</x:v>
+        <x:v>572333</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>39956</x:v>
+        <x:v>39377</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>46233</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>572333</x:v>
+        <x:v>583969</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>575526</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>184</x:v>
@@ -3692,620 +3692,620 @@
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>608286</x:v>
+        <x:v>608285</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>583199</x:v>
+        <x:v>608286</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>608285</x:v>
+        <x:v>583199</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>576382</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>577110</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>46306</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>549544</x:v>
+        <x:v>615946</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>549606</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>587278</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="U48" s="16" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>604633</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>549547</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46274</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>604630</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>46306</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>615946</x:v>
+        <x:v>549544</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
@@ -4705,211 +4705,211 @@
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>595608</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>36901</x:v>
+        <x:v>41243</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>46244</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>551461</x:v>
+        <x:v>595606</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>41243</x:v>
+        <x:v>41244</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>45061</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>595606</x:v>
+        <x:v>616016</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>41244</x:v>
+        <x:v>36901</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46244</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>616016</x:v>
+        <x:v>551461</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
@@ -5260,51 +5260,51 @@
       <x:c r="L70" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>616988</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38803</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
@@ -5430,229 +5430,230 @@
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>586830</x:v>
+        <x:v>571064</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>275</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>571064</x:v>
+        <x:v>592363</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>592363</x:v>
+        <x:v>606654</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>606654</x:v>
+        <x:v>586830</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>