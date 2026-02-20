--- v1 (2026-02-19)
+++ v2 (2026-02-20)
@@ -557,72 +557,72 @@
   <x:si>
     <x:t>01/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vièle cheval de Mongolie</x:t>
   </x:si>
   <x:si>
     <x:t>Chants de Grèce et d'Asie mineure</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation au Kanoun</x:t>
   </x:si>
@@ -5366,1006 +5366,1006 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>614493</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>602962</x:v>
+        <x:v>597809</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>599182</x:v>
+        <x:v>587195</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>581616</x:v>
+        <x:v>587276</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>597809</x:v>
+        <x:v>600173</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>587195</x:v>
+        <x:v>581616</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>587276</x:v>
+        <x:v>581617</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>581617</x:v>
+        <x:v>581619</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>581619</x:v>
+        <x:v>586451</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>535335</x:v>
+        <x:v>602962</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>537148</x:v>
+        <x:v>599182</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>586451</x:v>
+        <x:v>587005</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>587005</x:v>
+        <x:v>587009</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>587009</x:v>
+        <x:v>587013</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>587013</x:v>
+        <x:v>587060</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>587060</x:v>
+        <x:v>587061</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>587061</x:v>
+        <x:v>588434</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>588434</x:v>
+        <x:v>535335</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>600173</x:v>
+        <x:v>537148</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>150</x:v>