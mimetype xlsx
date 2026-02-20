--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -389,65 +389,65 @@
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Protection rapprochée</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/17/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
@@ -947,56 +947,56 @@
   <x:si>
     <x:t>10/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>APS - Surveillance humaine ou gardiennage (avec SST MAC) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de sûreté et de sécurité privée (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2026 00:00:00</x:t>
@@ -1070,59 +1070,59 @@
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FFS</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Palpation de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/19/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Hse Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
@@ -1394,80 +1394,80 @@
   <x:si>
     <x:t>83440</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection physique des personnes renforcé armé en catégorie B et D</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Enseignement Risques Professionnels Sud Est</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Agent de sécurité</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...5 lines deleted...]
-    <x:t>05/26/2026 00:00:00</x:t>
+    <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HETIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + habilitations électrriques H0 - B0</x:t>
   </x:si>
   <x:si>
     <x:t>ERP FORMATION SUD EST</x:t>
   </x:si>
   <x:si>
-    <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électrriques H0 - B0</x:t>
   </x:si>
   <x:si>
     <x:t>Abg Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
@@ -1553,56 +1553,56 @@
   <x:si>
     <x:t>Surveillant - visiteur de nuit en secteur social et médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
   </x:si>
   <x:si>
     <x:t>ACOPAD</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité secteur social</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/16/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
@@ -1787,83 +1787,98 @@
   <x:si>
     <x:t>04/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Jck Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jck formation conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Prestiges Formations Sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle) + GPS</x:t>
   </x:si>
   <x:si>
-    <x:t>Prestiges Formations Sécurité</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APR - Maitien et actualisation des compétences d'agent de protection rapprochée</x:t>
   </x:si>
   <x:si>
     <x:t>Si Région Paca</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité et de surveillance humaine</x:t>
@@ -1898,90 +1913,75 @@
   <x:si>
     <x:t>Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent en protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (APS) + module vidéoprotection + SSIAP 1</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>VITROLLES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agent de sécurité et de sûreté d'installation portuaire</x:t>
   </x:si>
   <x:si>
-    <x:t>Jck Formation Conseil</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + Agent de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icts France Training - Antenne Vitrolles</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -3600,154 +3600,154 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>599509</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38002</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>600697</x:v>
+        <x:v>599508</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>599508</x:v>
+        <x:v>600697</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="U22" s="16" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5606,57 +5606,57 @@
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>556778</x:v>
+        <x:v>508956</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>165</x:v>
@@ -5667,174 +5667,172 @@
       <x:c r="K56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>508956</x:v>
+        <x:v>556778</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
-      <x:c r="E57" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>612242</x:v>
+        <x:v>595120</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>39133</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
-      <x:c r="F58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F58" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G58" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42803</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>595120</x:v>
+        <x:v>612242</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -6057,51 +6055,51 @@
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>606647</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -6707,51 +6705,51 @@
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>617864</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
@@ -6990,51 +6988,51 @@
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>589917</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
@@ -7047,51 +7045,51 @@
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>607839</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
@@ -7331,51 +7329,51 @@
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>616816</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
@@ -7805,100 +7803,100 @@
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>586080</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>585357</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
@@ -7907,51 +7905,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>585358</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40271</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -7961,51 +7959,51 @@
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>585354</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38449</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -8018,100 +8016,100 @@
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>586088</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>586093</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40271</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -8124,100 +8122,100 @@
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>585355</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>585366</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
@@ -8226,100 +8224,100 @@
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>586076</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>586078</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
@@ -8328,100 +8326,100 @@
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>586092</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>585362</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -9445,100 +9443,100 @@
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>614016</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>614017</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -9547,100 +9545,100 @@
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>553761</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>614018</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
@@ -9653,100 +9651,100 @@
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>587418</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>587420</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
@@ -10558,159 +10556,160 @@
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>617495</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
+      <x:c r="E145" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>544713</x:v>
+        <x:v>517867</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>517867</x:v>
+        <x:v>544713</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11349,51 +11348,51 @@
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>611299</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -11420,155 +11419,154 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>583673</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="C160" s="15" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C160" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="J160" s="14" t="s"/>
+      <x:c r="J160" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>609027</x:v>
+        <x:v>602504</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="J161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>602504</x:v>
+        <x:v>609027</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -11581,51 +11579,51 @@
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>585837</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>142</x:v>
@@ -11860,370 +11858,370 @@
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>615074</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>615080</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>608238</x:v>
+        <x:v>608530</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>40385</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>608273</x:v>
+        <x:v>608238</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>37879</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>608530</x:v>
+        <x:v>608273</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>40278</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>31814</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>608233</x:v>
+        <x:v>608272</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>608272</x:v>
+        <x:v>608233</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
@@ -14186,114 +14184,114 @@
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>602679</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G210" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>583670</x:v>
+        <x:v>616145</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -14306,120 +14304,120 @@
       <x:c r="K211" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>616145</x:v>
+        <x:v>612246</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G212" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>612246</x:v>
+        <x:v>583670</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -14614,79 +14612,79 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>590153</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>609283</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
@@ -15793,367 +15791,366 @@
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>610713</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="C238" s="15" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="n">
+        <x:v>39133</x:v>
+      </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>272</x:v>
-[...1 lines deleted...]
-      <x:c r="J238" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="J238" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>591636</x:v>
+        <x:v>595118</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>42803</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>595118</x:v>
+        <x:v>591636</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>570699</x:v>
+        <x:v>570666</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>570666</x:v>
+        <x:v>570699</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>570696</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>39086</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>600362</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
@@ -16168,51 +16165,51 @@
       <x:c r="G244" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>570667</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
@@ -16243,372 +16240,374 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>610711</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>38226</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s"/>
-      <x:c r="F246" s="14" t="s"/>
+      <x:c r="E246" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F246" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G246" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>582032</x:v>
+        <x:v>612248</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="C247" s="3" t="s"/>
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C247" s="3" t="n">
+        <x:v>38226</x:v>
+      </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J247" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>591633</x:v>
+        <x:v>582032</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>76</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
-      <x:c r="E248" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E248" s="14" t="s"/>
+      <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>612248</x:v>
+        <x:v>591633</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>36360</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>611085</x:v>
+        <x:v>599768</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>36360</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>44005</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>599768</x:v>
+        <x:v>611085</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>611083</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
@@ -16655,134 +16654,134 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>612255</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>611137</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>611084</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
@@ -16987,78 +16986,78 @@
       <x:c r="R258" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>595114</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>611082</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
@@ -17077,111 +17076,111 @@
       <x:c r="H260" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>616141</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="I261" s="4" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="Q261" s="4" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>599769</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
@@ -18100,51 +18099,51 @@
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>586710</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
@@ -18645,601 +18644,601 @@
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>586795</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="C290" s="15" t="s"/>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C290" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="J290" s="14" t="s"/>
+      <x:c r="J290" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>586707</x:v>
+        <x:v>614856</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="C291" s="3" t="s"/>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C291" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
+      <x:c r="J291" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>586714</x:v>
+        <x:v>614861</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>586717</x:v>
+        <x:v>586707</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>586797</x:v>
+        <x:v>586714</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>586803</x:v>
+        <x:v>586717</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>413</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="J295" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>614856</x:v>
+        <x:v>586797</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>413</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="J296" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>614861</x:v>
+        <x:v>586803</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>586804</x:v>
+        <x:v>586708</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>586708</x:v>
+        <x:v>586711</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>586711</x:v>
+        <x:v>586804</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>597764</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
@@ -19275,82 +19274,82 @@
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>597770</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>597761</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
@@ -19445,79 +19444,79 @@
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>495732</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>587322</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
@@ -19558,79 +19557,79 @@
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>544950</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>597762</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
@@ -19715,51 +19714,51 @@
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>597772</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G310" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -19849,82 +19848,82 @@
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>580285</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>587321</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
@@ -20009,51 +20008,51 @@
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>597769</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>46</x:v>
@@ -21272,148 +21271,148 @@
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>549080</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>608278</x:v>
+        <x:v>608231</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>40278</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>31814</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>608231</x:v>
+        <x:v>608278</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -21975,51 +21974,51 @@
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>616926</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -22142,3366 +22141,3361 @@
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>616925</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="C353" s="3" t="s"/>
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C353" s="3" t="n">
+        <x:v>40552</x:v>
+      </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H353" s="0" t="s">
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="J353" s="0" t="s">
+        <x:v>526</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>605427</x:v>
+        <x:v>617945</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>605429</x:v>
+        <x:v>605427</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>605432</x:v>
+        <x:v>605429</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>605433</x:v>
+        <x:v>605432</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>76</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
-      <x:c r="E357" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>612257</x:v>
+        <x:v>605433</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="C358" s="15" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C358" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D358" s="15" t="s"/>
-      <x:c r="E358" s="14" t="s"/>
-      <x:c r="F358" s="14" t="s"/>
+      <x:c r="E358" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F358" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G358" s="14" t="s">
-        <x:v>565</x:v>
-[...1 lines deleted...]
-      <x:c r="H358" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="I358" s="16" t="s">
-        <x:v>566</x:v>
-[...1 lines deleted...]
-      <x:c r="J358" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J358" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K358" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>616924</x:v>
+        <x:v>612257</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>602299</x:v>
+        <x:v>616924</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>579</x:v>
-[...1 lines deleted...]
-      <x:c r="C360" s="15" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C360" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>581</x:v>
-[...1 lines deleted...]
-      <x:c r="J360" s="14" t="s"/>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J360" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>602310</x:v>
+        <x:v>602263</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>581</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>602263</x:v>
+        <x:v>602299</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="Q362" s="16" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R362" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="Q362" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>585305</x:v>
+        <x:v>602310</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>581</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>602270</x:v>
+        <x:v>585305</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>579</x:v>
-[...1 lines deleted...]
-      <x:c r="C364" s="15" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C364" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>581</x:v>
-[...1 lines deleted...]
-      <x:c r="J364" s="14" t="s"/>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J364" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>602309</x:v>
+        <x:v>602270</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>591</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>581</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="Q365" s="4" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R365" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="Q365" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>585300</x:v>
+        <x:v>602309</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>579</x:v>
-[...1 lines deleted...]
-      <x:c r="C366" s="15" t="s"/>
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="C366" s="15" t="n">
+        <x:v>40375</x:v>
+      </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>581</x:v>
-[...1 lines deleted...]
-      <x:c r="J366" s="14" t="s"/>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J366" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>602294</x:v>
+        <x:v>585300</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>602295</x:v>
+        <x:v>602294</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>602296</x:v>
+        <x:v>602295</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>602297</x:v>
+        <x:v>602296</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>602302</x:v>
+        <x:v>602297</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>602304</x:v>
+        <x:v>602302</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>602305</x:v>
+        <x:v>602304</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="Q373" s="4" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R373" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="Q373" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>585294</x:v>
+        <x:v>602305</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>602307</x:v>
+        <x:v>585294</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>581</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>602261</x:v>
+        <x:v>602307</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>37616</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>23641</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="Q376" s="16" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R376" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="Q376" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>585295</x:v>
+        <x:v>602261</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>37616</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>23641</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>602268</x:v>
+        <x:v>585295</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="C378" s="15" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C378" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>581</x:v>
-[...1 lines deleted...]
-      <x:c r="J378" s="14" t="s"/>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J378" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K378" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="Q378" s="16" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R378" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="Q378" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>585308</x:v>
+        <x:v>602268</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="I379" s="4" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="K379" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="L379" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M379" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N379" s="3" t="n">
+        <x:v>42854</x:v>
+      </x:c>
+      <x:c r="O379" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="P379" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="Q379" s="4" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R379" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="I379" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>585303</x:v>
+        <x:v>585308</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>602265</x:v>
+        <x:v>585303</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>579</x:v>
-[...1 lines deleted...]
-      <x:c r="C381" s="3" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C381" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J381" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>602298</x:v>
+        <x:v>602265</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>602300</x:v>
+        <x:v>602298</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>602301</x:v>
+        <x:v>602300</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>602306</x:v>
+        <x:v>602301</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>602308</x:v>
+        <x:v>602306</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>581</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>602266</x:v>
+        <x:v>602308</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>602269</x:v>
+        <x:v>602266</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>579</x:v>
-[...1 lines deleted...]
-      <x:c r="C388" s="15" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C388" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>581</x:v>
-[...1 lines deleted...]
-      <x:c r="J388" s="14" t="s"/>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J388" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>602293</x:v>
+        <x:v>602269</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>602303</x:v>
+        <x:v>602293</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>606</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>581</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="Q390" s="16" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R390" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="Q390" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>585298</x:v>
+        <x:v>602303</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>262</x:v>
-[...1 lines deleted...]
-      <x:c r="C391" s="3" t="s"/>
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="C391" s="3" t="n">
+        <x:v>40374</x:v>
+      </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J391" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="Q391" s="4" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R391" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="Q391" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>585306</x:v>
+        <x:v>585298</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>607</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
-      <x:c r="E392" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E392" s="14" t="s"/>
+      <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="Q392" s="16" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R392" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="Q392" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>615418</x:v>
+        <x:v>585306</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
+      <x:c r="E393" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F393" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>608276</x:v>
+        <x:v>615418</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>41142</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>611</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>616350</x:v>
+        <x:v>608276</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>41142</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H395" s="0" t="s">
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>615076</x:v>
+        <x:v>616350</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>614</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C396" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
+      <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>611</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>598670</x:v>
+        <x:v>615076</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>616</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>90</x:v>
-[...4 lines deleted...]
-      <x:c r="D397" s="3" t="s"/>
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="C397" s="3" t="s"/>
+      <x:c r="D397" s="3" t="n">
+        <x:v>5641</x:v>
+      </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H397" s="0" t="s">
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="L397" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M397" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N397" s="3" t="n">
+        <x:v>42811</x:v>
+      </x:c>
+      <x:c r="O397" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="P397" s="0" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="Q397" s="4" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="R397" s="0" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="S397" s="0" t="n">
+        <x:v>598670</x:v>
+      </x:c>
+      <x:c r="T397" s="4" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="U397" s="4" t="s">
         <x:v>617</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>614</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C398" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
+      <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>611</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>616625</x:v>
+        <x:v>608256</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>347</x:v>
-[...4 lines deleted...]
-      <x:c r="D399" s="3" t="s"/>
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="C399" s="3" t="s"/>
+      <x:c r="D399" s="3" t="n">
+        <x:v>5641</x:v>
+      </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H399" s="0" t="s">
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>31814</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>608230</x:v>
+        <x:v>616625</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>614</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C400" s="15" t="n">
+        <x:v>40278</x:v>
+      </x:c>
+      <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>611</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>617579</x:v>
+        <x:v>608230</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>76</x:v>
-[...9 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="C401" s="3" t="s"/>
+      <x:c r="D401" s="3" t="n">
+        <x:v>5641</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>612251</x:v>
+        <x:v>617579</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>40278</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
-      <x:c r="E402" s="14" t="s"/>
-      <x:c r="F402" s="14" t="s"/>
+      <x:c r="E402" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F402" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G402" s="14" t="s">
-        <x:v>619</x:v>
-[...1 lines deleted...]
-      <x:c r="H402" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>31814</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="Q402" s="16" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="R402" s="14" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="S402" s="14" t="n">
+        <x:v>612251</x:v>
+      </x:c>
+      <x:c r="T402" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="Q402" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>611</x:v>
-[...2 lines deleted...]
-        <x:v>612</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>614650</x:v>
+        <x:v>608232</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>598559</x:v>
+        <x:v>614650</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>598679</x:v>
+        <x:v>598559</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>598678</x:v>
+        <x:v>598679</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>37879</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H407" s="0" t="s">
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>608531</x:v>
+        <x:v>598678</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>610222</x:v>
+        <x:v>608531</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
-      <x:c r="E409" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>612253</x:v>
+        <x:v>610222</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
-      <x:c r="E410" s="14" t="s"/>
-      <x:c r="F410" s="14" t="s"/>
+      <x:c r="E410" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F410" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G410" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>614651</x:v>
+        <x:v>612253</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>41142</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>611</x:v>
-[...2 lines deleted...]
-        <x:v>612</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>617594</x:v>
+        <x:v>610221</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>70</x:v>
-[...1 lines deleted...]
-      <x:c r="H412" s="14" t="s"/>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H412" s="14" t="s">
+        <x:v>573</x:v>
+      </x:c>
       <x:c r="I412" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>610221</x:v>
+        <x:v>614651</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>618</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>40552</x:v>
+        <x:v>41142</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>617945</x:v>
+        <x:v>617594</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>