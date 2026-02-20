--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -431,59 +431,59 @@
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS Métiers de l'eau</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS Métiers de l'eau</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'eau</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
@@ -536,74 +536,74 @@
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels, technologiques et environnementaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Management environnemental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
-    <x:t>LA CIOTAT</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels technologiques et environnementaux</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels, technologiques et environnementaux</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de la radioprotection et de la sécurité nucléaire</x:t>
   </x:si>
   <x:si>
     <x:t>Radioprotection</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
@@ -704,57 +704,57 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l’université d’Aix-Marseille spécialité écologie industrielle et environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Polytech Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
@@ -1771,205 +1771,204 @@
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>594597</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>46</x:v>
-[...1 lines deleted...]
-      <x:c r="H6" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I6" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>572158</x:v>
+        <x:v>533693</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>591905</x:v>
+        <x:v>572158</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C8" s="15" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C8" s="15" t="n">
+        <x:v>38701</x:v>
+      </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>25</x:v>
-[...1 lines deleted...]
-      <x:c r="J8" s="14" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J8" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>31606</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>533693</x:v>
+        <x:v>591905</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>41</x:v>
@@ -2713,330 +2712,330 @@
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>596699</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>37964</x:v>
+        <x:v>35344</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
-      <x:c r="E23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>614600</x:v>
+        <x:v>493628</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37964</x:v>
+        <x:v>35344</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>547572</x:v>
+        <x:v>543641</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>35344</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>12520</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>493628</x:v>
+        <x:v>575964</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>35344</x:v>
+        <x:v>37964</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>543641</x:v>
+        <x:v>614600</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="U26" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>35370</x:v>
+        <x:v>37964</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>124</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575964</x:v>
+        <x:v>547572</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -3049,51 +3048,51 @@
       <x:c r="M28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>597146</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>41</x:v>
@@ -3431,318 +3430,316 @@
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>594611</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="C36" s="15" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="n">
+        <x:v>35406</x:v>
+      </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>594616</x:v>
+        <x:v>603844</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="I37" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K37" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L37" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="M37" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>12522</x:v>
+      </x:c>
+      <x:c r="O37" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="R37" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="H37" s="0" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>554940</x:v>
+        <x:v>594616</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>603844</x:v>
+        <x:v>554940</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>575977</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>596713</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
@@ -3789,57 +3786,57 @@
         <x:v>592391</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -3849,57 +3846,57 @@
       <x:c r="S42" s="14" t="n">
         <x:v>556142</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -4543,57 +4540,57 @@
       <x:c r="K55" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>571046</x:v>
+        <x:v>605100</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -4602,57 +4599,57 @@
       <x:c r="K56" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>605100</x:v>
+        <x:v>571046</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="U56" s="16" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40530</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -5514,51 +5511,51 @@
       <x:c r="M72" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>592320</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40530</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -5799,51 +5796,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>605500</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -5856,51 +5853,51 @@
       <x:c r="M78" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>615903</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>41</x:v>