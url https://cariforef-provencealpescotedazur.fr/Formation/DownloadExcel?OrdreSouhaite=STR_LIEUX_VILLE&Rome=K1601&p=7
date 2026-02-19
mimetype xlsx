--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -212,110 +212,110 @@
   <x:si>
     <x:t>Histoire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire parcours pouvoirs, savoirs, genre (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Culture civilisation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention humanités parcours humanités</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention humanités parcours lettres classiques</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire parcours Afrique, Monde arabe, Mondes musulmans (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire parcours La Méditerranée, l'Europe et le monde (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention philosophie parcours philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention anthropologie parcours anthropologie sociale, ethnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement local</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours études islamologiques (islamologie et tradition intellectuelle en Islam)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention lettres parcours lettres modernes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Littérature</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention histoire parcours histoire, territoires et économies parcours histoire, territoires et économies</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention philosophie parcours philosophie</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Licence mention histoire parcours histoire, la Méditerranée et le monde</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours double licence droit-lettres</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention traduction et interprétation</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
@@ -557,69 +557,69 @@
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>École Intuit-lab</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Intuit-lab</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire sciences et techniques</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information et médiation scientifique et technique parcours information scientifique et médiation en environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et humanités parcours transdisciplinarité</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire de bibliothèque</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Bibliothécaires de France</x:t>
   </x:si>
   <x:si>
     <x:t>ABF</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
@@ -1775,394 +1775,394 @@
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>584136</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="B10" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>37843</x:v>
+        <x:v>40616</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
-      <x:c r="E10" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="H10" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I10" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>535038</x:v>
+        <x:v>581255</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>40616</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>581255</x:v>
+        <x:v>575524</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>39038</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>575524</x:v>
+        <x:v>575538</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>40740</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>14227</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>580610</x:v>
+        <x:v>575728</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>40740</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14227</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>575538</x:v>
+        <x:v>580610</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>37843</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>575728</x:v>
+        <x:v>535038</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
@@ -2216,51 +2216,51 @@
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>581318</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
@@ -2355,84 +2355,84 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>592088</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>575729</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
@@ -2575,93 +2575,93 @@
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>533509</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>550743</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
@@ -2727,51 +2727,51 @@
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>575780</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
@@ -2843,51 +2843,51 @@
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>575523</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
@@ -2900,51 +2900,51 @@
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>575726</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
@@ -2959,51 +2959,51 @@
       <x:c r="G30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>575727</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
@@ -3237,114 +3237,114 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>592379</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>592579</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
@@ -3516,51 +3516,51 @@
         <x:v>110</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>592807</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -3576,51 +3576,51 @@
         <x:v>40548</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>592572</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
@@ -3687,51 +3687,51 @@
         <x:v>39038</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>591985</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
@@ -3787,51 +3787,51 @@
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>568229</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -4000,51 +4000,51 @@
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>568234</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -4339,51 +4339,51 @@
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>592381</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -4611,51 +4611,51 @@
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>592378</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -4712,100 +4712,100 @@
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>568227</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>568228</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -4849,150 +4849,150 @@
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>597371</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>40617</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>14229</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>581325</x:v>
+        <x:v>574943</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38963</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>574943</x:v>
+        <x:v>581325</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -5052,102 +5052,102 @@
       <x:c r="G68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>574936</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40143</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>46373</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>570965</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -5168,102 +5168,102 @@
       <x:c r="G70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>574935</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40143</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>46373</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>617083</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -5341,51 +5341,51 @@
       <x:c r="G73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>581556</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -5398,51 +5398,51 @@
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>595475</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
@@ -5452,51 +5452,51 @@
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>595483</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
@@ -5563,51 +5563,51 @@
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>14229</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>592571</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
@@ -5646,149 +5646,150 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>597251</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="C79" s="3" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="n">
+        <x:v>38963</x:v>
+      </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="J79" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>594641</x:v>
+        <x:v>595484</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>73</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>595484</x:v>
+        <x:v>594641</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -5837,158 +5838,158 @@
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>595482</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>597252</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>34408</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -6109,51 +6110,51 @@
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>568225</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -6174,51 +6175,51 @@
       <x:c r="G88" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>599860</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
@@ -6336,51 +6337,51 @@
         <x:v>39480</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>595474</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
@@ -6393,216 +6394,216 @@
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>592380</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>40740</x:v>
+        <x:v>39466</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>14227</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>592808</x:v>
+        <x:v>592104</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>39466</x:v>
+        <x:v>40740</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14227</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>592104</x:v>
+        <x:v>592808</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>592578</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
@@ -6806,152 +6807,153 @@
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>580410</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>597426</x:v>
+        <x:v>568231</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="C101" s="3" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C101" s="3" t="n">
+        <x:v>38189</x:v>
+      </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>568231</x:v>
+        <x:v>597426</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>