--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -773,95 +773,95 @@
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance aux familles</x:t>
   </x:si>
   <x:si>
     <x:t>Eureka</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Coordinateur d'inclusion sociale, médico-sociale et professionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arobase Formations Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adaptation sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS économie sociale et familiale (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable d'entreprise d'économie sociale et solidaire</x:t>
   </x:si>
   <x:si>
-    <x:t>Arobase Formations Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Économie sociale</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordinateur d'inclusion sociale, médico-sociale et professionnelle</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Avenir et Ambition</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
@@ -1010,59 +1010,59 @@
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Epsa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Epsa</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Pastré Grande Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Pastré</x:t>
@@ -1160,173 +1160,173 @@
   <x:si>
     <x:t>Institut Régional du Travail Social PACA-Corse - site Marseille 14e</x:t>
   </x:si>
   <x:si>
     <x:t>13311</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 14</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13376</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut La Cadenelle</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'État d'assistant de service social (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-13e</x:t>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État d'assistant de service social</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Orgaly Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme d'État d'assistant de service social</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maor Hateva</x:t>
   </x:si>
   <x:si>
     <x:t>Amac Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l'entrée en formation de : Assistant de service social/Educateur de jeunes enfants/Educateur spécialisé/Educateur technique spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CQP surveillant de nuit en secteur social, médico-social et sanitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niveau CAP, BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surveillance nuit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CQP surveillant de nuit en secteur social, médico-social et sanitaire</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Giapats - CFA Régional Métiers du Social</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FCIL préparation au concours d'ATSEM</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Viste</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'entrepreneuriat parcours manager et développer une TPE-PME (Apprentissage)</x:t>
@@ -1340,59 +1340,59 @@
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CCPAM</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>84140</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS économie sociale familiale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13114</x:t>
   </x:si>
   <x:si>
     <x:t>PUYLOUBIER</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (cursus partiel)</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
@@ -1532,62 +1532,62 @@
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion logistique et financière (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination travail</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion des partenaires (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/17/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse (IFTS) - site d'Ollioules</x:t>
   </x:si>
   <x:si>
     <x:t>83192</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence Provence-Alpes-Côte d'Azur et Corse (IFTS) - Site d'Ollioules</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Mongrand</x:t>
@@ -1643,108 +1643,108 @@
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro Manager et développer une TPE/PME</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services et prestations des secteurs sanitaire et social module relations usagers clients séniors</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
   </x:si>
   <x:si>
     <x:t>IFASAD</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP du Parc St-Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers de l'entrepreneuriat spécialisation manager et développer une TPE/PME (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Dumont d'Urville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Toccata</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
-    <x:t>VALBONNE</x:t>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Comprendre et adapter l’environnement aux particularités sensorielles et perceptives</x:t>
   </x:si>
   <x:si>
     <x:t>Edi Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06220</x:t>
   </x:si>
   <x:si>
     <x:t>VALLAURIS</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TDAH Adulte : Démarche étape par étape pour l’évaluation psychologique/neuropsychologique</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
@@ -5073,156 +5073,154 @@
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>515107</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
-      <x:c r="E49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="J49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>44026</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>547582</x:v>
+        <x:v>564179</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>181</x:v>
-[...1 lines deleted...]
-      <x:c r="C50" s="15" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="n">
+        <x:v>36939</x:v>
+      </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s"/>
+      <x:c r="E50" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="J50" s="14" t="s"/>
+      <x:c r="J50" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>44026</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>564179</x:v>
+        <x:v>547582</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -5359,330 +5357,331 @@
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>583984</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>38</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>212</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>578415</x:v>
+        <x:v>586480</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>586480</x:v>
+        <x:v>549768</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>549768</x:v>
+        <x:v>601386</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>601386</x:v>
+        <x:v>601387</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>211</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>601387</x:v>
+        <x:v>578415</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -5999,205 +5998,204 @@
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>578516</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>36867</x:v>
+        <x:v>37504</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>13175</x:v>
+        <x:v>15031</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>578327</x:v>
+        <x:v>578322</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37504</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>15031</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>578322</x:v>
+        <x:v>601834</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>36938</x:v>
+        <x:v>36867</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
-      <x:c r="E67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="K67" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L67" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="M67" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="N67" s="3" t="n">
+        <x:v>13175</x:v>
+      </x:c>
+      <x:c r="O67" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="J67" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>601834</x:v>
+        <x:v>578327</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -7530,57 +7528,57 @@
       <x:c r="K91" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>492468</x:v>
+        <x:v>553106</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>297</x:v>
@@ -7591,57 +7589,57 @@
       <x:c r="K92" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>553106</x:v>
+        <x:v>492468</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -7840,204 +7838,205 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>605101</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>603764</x:v>
+        <x:v>505428</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>36938</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>44084</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>505428</x:v>
+        <x:v>603764</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="I99" s="4" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="Q99" s="4" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>505429</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
@@ -8059,51 +8058,51 @@
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>599050</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8223,162 +8222,162 @@
       <x:c r="I103" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>556792</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>41744</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>615926</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>596553</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
@@ -8395,51 +8394,51 @@
       <x:c r="I106" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>507294</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
@@ -8455,51 +8454,51 @@
       <x:c r="I107" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>609495</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37678</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
@@ -8516,51 +8515,51 @@
       <x:c r="I108" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>556797</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
@@ -8706,160 +8705,159 @@
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>581564</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>36939</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>323</x:v>
-[...1 lines deleted...]
-      <x:c r="H112" s="14" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>596708</x:v>
+        <x:v>576272</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-        <x:v>48</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>576272</x:v>
+        <x:v>596708</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40134</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -9703,160 +9701,159 @@
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>596709</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s"/>
+      <x:c r="E130" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>596556</x:v>
+        <x:v>501429</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
-      <x:c r="E131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>501429</x:v>
+        <x:v>596556</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>368</x:v>
@@ -9888,1381 +9885,1374 @@
       <x:c r="R132" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>611319</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>41744</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>615928</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37678</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>550567</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="I135" s="4" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="Q135" s="4" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>607937</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>36938</x:v>
+        <x:v>37678</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="Q136" s="16" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>550560</x:v>
+        <x:v>607959</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>37678</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="I137" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="I137" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="Q137" s="4" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>607959</x:v>
+        <x:v>550560</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>372</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>578455</x:v>
+        <x:v>580210</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>37675</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
-      <x:c r="E139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="S139" s="0" t="n">
+        <x:v>567002</x:v>
+      </x:c>
+      <x:c r="T139" s="4" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="U139" s="4" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>376</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="S140" s="14" t="n">
+        <x:v>567005</x:v>
+      </x:c>
+      <x:c r="T140" s="16" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="U140" s="16" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>578456</x:v>
+        <x:v>470857</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>528882</x:v>
+        <x:v>470858</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>36938</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>44084</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>603917</x:v>
+        <x:v>557556</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>36938</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>381</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>44084</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>603919</x:v>
+        <x:v>578455</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
+      <x:c r="E145" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>617178</x:v>
+        <x:v>603246</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>382</x:v>
-[...1 lines deleted...]
-      <x:c r="H146" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>590118</x:v>
+        <x:v>578456</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
-      <x:c r="E147" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>525308</x:v>
+        <x:v>528882</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>372</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s"/>
+      <x:c r="E148" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>528881</x:v>
+        <x:v>603917</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>37675</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>599089</x:v>
+        <x:v>603919</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E150" s="14" t="s"/>
+      <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>576243</x:v>
+        <x:v>617178</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>37675</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
-      <x:c r="E151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>496201</x:v>
+        <x:v>590118</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>39696</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>14256</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>574939</x:v>
+        <x:v>525308</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>580212</x:v>
+        <x:v>528881</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>478060</x:v>
+        <x:v>599089</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F155" s="0" t="s">
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>555053</x:v>
+        <x:v>576243</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>110</x:v>
@@ -11270,349 +11260,358 @@
       <x:c r="J156" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>452767</x:v>
+        <x:v>496201</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
+      <x:c r="E157" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>567002</x:v>
+        <x:v>452767</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>372</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>567005</x:v>
+        <x:v>574939</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>37675</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>470857</x:v>
+        <x:v>580212</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s"/>
+      <x:c r="E160" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>470858</x:v>
+        <x:v>555053</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F161" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>580210</x:v>
+        <x:v>478060</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>161</x:v>
@@ -11755,165 +11754,163 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>617898</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>37675</x:v>
+        <x:v>36360</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
-      <x:c r="E165" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>575897</x:v>
+        <x:v>570849</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>36360</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s"/>
-      <x:c r="F166" s="14" t="s"/>
+      <x:c r="E166" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F166" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
       <x:c r="G166" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>44005</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>570849</x:v>
+        <x:v>575897</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
@@ -12160,218 +12157,219 @@
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>578420</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>41748</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>470851</x:v>
+        <x:v>615921</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>41748</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>615921</x:v>
+        <x:v>578457</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>372</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>578457</x:v>
+        <x:v>470851</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
@@ -12381,109 +12379,109 @@
       <x:c r="K175" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>497805</x:v>
+        <x:v>599629</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>452763</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -12496,57 +12494,57 @@
       <x:c r="J177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>529877</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>109</x:v>
@@ -12554,279 +12552,281 @@
       <x:c r="I178" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>496200</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="C179" s="3" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C179" s="3" t="n">
+        <x:v>37675</x:v>
+      </x:c>
       <x:c r="D179" s="3" t="s"/>
+      <x:c r="E179" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J179" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>616013</x:v>
+        <x:v>599086</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>372</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>373</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>470853</x:v>
+        <x:v>616013</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
-      <x:c r="E181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="R181" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="S181" s="0" t="n">
+        <x:v>470853</x:v>
+      </x:c>
+      <x:c r="T181" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="R181" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>592293</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -12839,51 +12839,51 @@
       <x:c r="J183" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>567161</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
@@ -12898,51 +12898,51 @@
       <x:c r="J184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>578458</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -12961,51 +12961,51 @@
       <x:c r="J185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>576244</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -13022,108 +13022,108 @@
       <x:c r="J186" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>525309</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>567007</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
@@ -13135,111 +13135,111 @@
       <x:c r="I188" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>616994</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>616995</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -13258,233 +13258,233 @@
       <x:c r="J190" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>478061</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>557555</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>567008</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>529879</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>173</x:v>
@@ -13575,84 +13575,84 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>578951</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>599768</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
@@ -13818,163 +13818,165 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>452832</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>36360</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E200" s="14" t="s"/>
+      <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>490489</x:v>
+        <x:v>599769</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>36360</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
+      <x:c r="E201" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F201" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>44005</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>599769</x:v>
+        <x:v>490489</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
@@ -14050,51 +14052,51 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>607310</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -14346,51 +14348,51 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>549920</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
@@ -15147,397 +15149,398 @@
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>614457</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>41304</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>481</x:v>
-[...2 lines deleted...]
-        <x:v>482</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>32068</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>614450</x:v>
+        <x:v>491239</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>614451</x:v>
+        <x:v>614453</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>37675</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
-      <x:c r="E225" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>527410</x:v>
+        <x:v>614450</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>475</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>428</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>491239</x:v>
+        <x:v>497805</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>614453</x:v>
+        <x:v>614451</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>41304</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s"/>
+      <x:c r="E228" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>32068</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>614455</x:v>
+        <x:v>527410</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
@@ -15564,163 +15567,165 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>578494</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
-      <x:c r="E230" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E230" s="14" t="s"/>
+      <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>477709</x:v>
+        <x:v>614455</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F231" s="0" t="s">
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>607033</x:v>
+        <x:v>477709</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
@@ -15729,455 +15734,454 @@
       <x:c r="K232" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>554064</x:v>
+        <x:v>607033</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>41304</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
+      <x:c r="E233" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>481</x:v>
-[...2 lines deleted...]
-        <x:v>482</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>32068</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>614449</x:v>
+        <x:v>554064</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>614447</x:v>
+        <x:v>614449</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>41748</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>615922</x:v>
+        <x:v>614447</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>36939</x:v>
+        <x:v>41748</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>492298</x:v>
+        <x:v>615922</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
-      <x:c r="E237" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>493109</x:v>
+        <x:v>492298</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s"/>
+      <x:c r="E238" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>596701</x:v>
+        <x:v>493109</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
-      <x:c r="E239" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>548697</x:v>
+        <x:v>596701</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
@@ -16186,114 +16190,111 @@
       <x:c r="K240" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>601561</x:v>
+        <x:v>548697</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>427</x:v>
-[...2 lines deleted...]
-        <x:v>428</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>599630</x:v>
+        <x:v>601561</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>428</x:v>
@@ -16307,117 +16308,117 @@
       <x:c r="K242" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>497809</x:v>
+        <x:v>599630</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>36938</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>44084</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>599629</x:v>
+        <x:v>497809</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>429</x:v>
@@ -16571,113 +16572,113 @@
       <x:c r="S246" s="14" t="n">
         <x:v>499936</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="I247" s="4" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>505430</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
@@ -17147,326 +17148,326 @@
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>573379</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>41748</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
-      <x:c r="E257" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>515</x:v>
-[...2 lines deleted...]
-        <x:v>516</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>558638</x:v>
+        <x:v>615920</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>524</x:v>
-[...1 lines deleted...]
-      <x:c r="H258" s="14" t="s"/>
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s">
+        <x:v>516</x:v>
+      </x:c>
       <x:c r="I258" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>548584</x:v>
+        <x:v>558638</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>41748</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>615920</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>30122</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>515</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>564389</x:v>
+        <x:v>596554</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>36938</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>44084</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>596554</x:v>
+        <x:v>606257</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
@@ -17484,172 +17485,175 @@
       <x:c r="L262" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>573380</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
+      <x:c r="E263" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>606257</x:v>
+        <x:v>607804</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>36939</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>607804</x:v>
+        <x:v>573767</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
@@ -17659,692 +17663,691 @@
       <x:c r="K265" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>573767</x:v>
+        <x:v>573768</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>40134</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>13260</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>573768</x:v>
+        <x:v>616818</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>40134</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
-      <x:c r="E267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>13260</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>616818</x:v>
+        <x:v>573378</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>520</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>573378</x:v>
+        <x:v>578418</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="H269" s="0" t="s">
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>578418</x:v>
+        <x:v>573357</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>520</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>573357</x:v>
+        <x:v>596707</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>596707</x:v>
+        <x:v>573382</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
-      <x:c r="E272" s="14" t="s"/>
+      <x:c r="E272" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>520</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>573382</x:v>
+        <x:v>599788</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
-      <x:c r="E273" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>599788</x:v>
+        <x:v>573381</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="S274" s="14" t="n">
+        <x:v>573383</x:v>
+      </x:c>
+      <x:c r="T274" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="S274" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
+      <x:c r="E275" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>520</x:v>
-[...2 lines deleted...]
-        <x:v>521</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>573383</x:v>
+        <x:v>548584</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>573361</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
@@ -19063,51 +19066,51 @@
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>585129</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
@@ -19409,51 +19412,51 @@
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>15031</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>616463</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
@@ -19489,90 +19492,90 @@
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>578421</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>553791</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
@@ -19585,167 +19588,167 @@
       <x:c r="I301" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>607426</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>607409</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>553790</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
@@ -19760,108 +19763,108 @@
       <x:c r="I304" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>553824</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>607410</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
@@ -19876,51 +19879,51 @@
       <x:c r="I306" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>504054</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
@@ -19950,206 +19953,206 @@
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>578417</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>36939</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>607427</x:v>
+        <x:v>504019</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>36938</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>44084</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>504019</x:v>
+        <x:v>607427</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>553823</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>