--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -701,188 +701,188 @@
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en communication PNL</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en sexothérapie</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en thérapie cognitivo comportementale (TCC) et en sexothérapie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention psychologie parcours psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en thérapie cognitivo comportementale (TCC) et en sexothérapie</x:t>
+    <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Analyse Transactionnelle EFPP</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
-[...5 lines deleted...]
-    <x:t>04/08/2026 00:00:00</x:t>
+    <x:t>CNV (Communication Non Violente) module 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychothérapies psychanalytiques, humanistes, individuelles et groupales</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir Psychopraticien et exercer</x:t>
   </x:si>
   <x:si>
-    <x:t>CNV (Communication Non Violente) module 3</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en hypnose</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Métier de coach de vie</x:t>
   </x:si>
   <x:si>
     <x:t>Communication professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en hypnose</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>certificat d'aptitude aux fonctions de psychologue de l'éducation nationale spécialité éducation, développement et apprentissages</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention psychologie : psychopathologie clinique psychanalytique</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention psychologie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>certificat d'aptitude aux fonctions de psychologue de l'éducation nationale spécialité éducation, développement et conseil en orientation scolaire et professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en thérapies brèves</x:t>
   </x:si>
   <x:si>
     <x:t>Way Inside</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>ALTHEN-DES-PALUDS</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien.ne de Neurofeedback Dynamique</x:t>
@@ -995,62 +995,62 @@
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médiateur artistique en relation d'aide</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Parcours de psychopraticien en thérapies brèves</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maitre praticien en hypnose éricksonienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maitre praticien en hypnose éricksonienne</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>01/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2026 00:00:00</x:t>
@@ -1097,119 +1097,119 @@
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAUNEUF-DE-GADAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en accompagnement au changement et la gestion du stress par l'hypnose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transe-Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Art-thérapeute en mouvement</x:t>
   </x:si>
   <x:si>
     <x:t>Terre de Lune</x:t>
   </x:si>
   <x:si>
     <x:t>TDL</x:t>
   </x:si>
   <x:si>
-    <x:t>83300</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>DRAGUIGNAN</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en accompagnement au changement et la gestion du stress par l'hypnose</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Art thérapie en mouvement</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose thérapeutique</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer son activité de médiation par l'animal</x:t>
   </x:si>
   <x:si>
     <x:t>Christine Dagonet - Reconnect</x:t>
   </x:si>
   <x:si>
     <x:t>06460</x:t>
   </x:si>
   <x:si>
     <x:t>Zoothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>ESCRAGNOLLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychomorphologie et communication non verbale</x:t>
@@ -1313,68 +1313,68 @@
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyste du comportement - ABA PRO 3</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/06/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Accompagnement relationnel et massage - Relation d'aide par le toucher - Niveau I</x:t>
   </x:si>
   <x:si>
     <x:t>La relation d'Aide par le Toucher</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>LAURIS</x:t>
   </x:si>
   <x:si>
     <x:t>10/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
@@ -1514,125 +1514,125 @@
   <x:si>
     <x:t>Spécialiste en accompagnement psycho-affectif et relationnel</x:t>
   </x:si>
   <x:si>
     <x:t>Fondamentaux de thérapies comportementales et cognitives</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialiste en accompagnement cognitif et comportemental</x:t>
   </x:si>
   <x:si>
+    <x:t>Réservée aux licenciés en psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techniques d’accompagnement psychologique individuel</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien TCC</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Techniques d’hypnose appliquées à l’accompagnement individuel</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Techniques d’accompagnement psychologique individuel</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Patricia Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Femme , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention psychologie</x:t>
-[...8 lines deleted...]
-    <x:t>07/31/2028 00:00:00</x:t>
+    <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
-    <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Femme , Tout public</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'université troubles du spectre de l'autisme pratiques d'intervention, d'accompagnement et d'inclusion au cours de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'université thérapies comportementales et cognitives 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2027 00:00:00</x:t>
@@ -1685,60 +1685,60 @@
   <x:si>
     <x:t>02/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psycho-Analyste Clinicien</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Art thérapeute</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>03/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le langage des émotions - Communication relée</x:t>
   </x:si>
   <x:si>
     <x:t>Eloïse Mercier</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Développement professionnel et personnel</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien narratif-La posture et les concepts</x:t>
   </x:si>
@@ -6662,1479 +6662,1478 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>563338</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>544664</x:v>
+        <x:v>602517</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>15013</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>586218</x:v>
+        <x:v>602528</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C83" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>211</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>581256</x:v>
+        <x:v>608175</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>212</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>575692</x:v>
+        <x:v>586218</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>599340</x:v>
+        <x:v>544664</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>122</x:v>
-[...1 lines deleted...]
-      <x:c r="C86" s="15" t="s"/>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="n">
+        <x:v>39023</x:v>
+      </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>156</x:v>
-[...1 lines deleted...]
-      <x:c r="J86" s="14" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="J86" s="14" t="s">
+        <x:v>212</x:v>
+      </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>598444</x:v>
+        <x:v>581256</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>587855</x:v>
+        <x:v>581476</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>209</x:v>
-[...1 lines deleted...]
-      <x:c r="C88" s="15" t="s"/>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="J88" s="14" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="J88" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>563331</x:v>
+        <x:v>575692</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>15013</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>617957</x:v>
+        <x:v>599340</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>580509</x:v>
+        <x:v>598444</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>602517</x:v>
+        <x:v>587855</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>602528</x:v>
+        <x:v>617957</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>608175</x:v>
+        <x:v>563331</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>602515</x:v>
+        <x:v>580509</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C95" s="3" t="s"/>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="n">
+        <x:v>38989</x:v>
+      </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>602518</x:v>
+        <x:v>575652</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>14498</x:v>
+        <x:v>14475</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>615401</x:v>
+        <x:v>529898</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>581476</x:v>
+        <x:v>616409</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>217</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>575652</x:v>
+        <x:v>587860</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>14475</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>529898</x:v>
+        <x:v>617950</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14420</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>616409</x:v>
+        <x:v>570545</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>15013</x:v>
+        <x:v>14498</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>587860</x:v>
+        <x:v>559481</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>15013</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>617950</x:v>
+        <x:v>602515</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>14420</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>570545</x:v>
+        <x:v>602518</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>14498</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>559481</x:v>
+        <x:v>615401</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>576820</x:v>
+        <x:v>618086</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>221</x:v>
-[...1 lines deleted...]
-      <x:c r="C106" s="15" t="s"/>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="n">
+        <x:v>38989</x:v>
+      </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H106" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J106" s="14" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>618086</x:v>
+        <x:v>575690</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C107" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>104</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>575690</x:v>
+        <x:v>576820</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
@@ -8200,722 +8199,724 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>599342</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>611700</x:v>
+        <x:v>598452</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>617960</x:v>
+        <x:v>611700</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>617961</x:v>
+        <x:v>617960</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>617974</x:v>
+        <x:v>617961</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="U113" s="4" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>570534</x:v>
+        <x:v>617974</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>570539</x:v>
+        <x:v>570534</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>559483</x:v>
+        <x:v>570539</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>567975</x:v>
+        <x:v>559483</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>15004</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>576853</x:v>
+        <x:v>567975</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>15013</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>586219</x:v>
+        <x:v>576853</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>579932</x:v>
+        <x:v>586219</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>599687</x:v>
+        <x:v>579932</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>598452</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
@@ -9037,151 +9038,151 @@
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>595838</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>38989</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>591989</x:v>
+        <x:v>592013</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>39023</x:v>
+        <x:v>38989</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>592013</x:v>
+        <x:v>591989</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -10077,80 +10078,80 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>584640</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>554950</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
@@ -10184,51 +10185,51 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>546114</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -10492,310 +10493,310 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>549168</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>554990</x:v>
+        <x:v>554952</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>15004</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>554952</x:v>
+        <x:v>554990</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>289</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>290</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>469326</x:v>
+        <x:v>545992</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="C157" s="3" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C157" s="3" t="n">
+        <x:v>34526</x:v>
+      </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>293</x:v>
-[...2 lines deleted...]
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="J157" s="0" t="s">
+        <x:v>212</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>545992</x:v>
+        <x:v>569144</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>34526</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>569144</x:v>
+        <x:v>469326</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>295</x:v>
@@ -11374,51 +11375,51 @@
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>618112</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
@@ -11797,708 +11798,707 @@
       <x:c r="R178" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>585296</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="H179" s="0" t="s">
+      <x:c r="I179" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="I179" s="4" t="s">
+      <x:c r="K179" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="K179" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="S179" s="0" t="n">
+        <x:v>586350</x:v>
+      </x:c>
+      <x:c r="T179" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="S179" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T179" s="4" t="s">
+      <x:c r="U179" s="4" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>586350</x:v>
+        <x:v>611592</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="I181" s="4" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>558514</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>546492</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="I183" s="4" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>578637</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>586349</x:v>
+        <x:v>574091</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="K185" s="0" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>583216</x:v>
+        <x:v>586349</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="H186" s="14" t="s">
+      <x:c r="H186" s="14" t="s"/>
+      <x:c r="I186" s="16" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>574091</x:v>
+        <x:v>583216</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>546527</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>566057</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="K189" s="0" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>586347</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>583218</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="K191" s="0" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>586348</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
@@ -12608,51 +12608,51 @@
       <x:c r="L194" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>613248</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>52</x:v>
@@ -12671,80 +12671,80 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>617275</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>576849</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
@@ -12778,51 +12778,51 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>576867</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
@@ -12833,77 +12833,77 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>575746</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>616979</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
@@ -12981,51 +12981,51 @@
       <x:c r="M201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>571736</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
@@ -13080,51 +13080,51 @@
       <x:c r="L203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>598021</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
@@ -13337,51 +13337,51 @@
       <x:c r="L208" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>598024</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>53</x:v>
@@ -13590,51 +13590,51 @@
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>598025</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
@@ -13703,192 +13703,192 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>608898</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>554603</x:v>
+        <x:v>610248</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>610249</x:v>
+        <x:v>554603</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>610248</x:v>
+        <x:v>610249</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>423</x:v>
@@ -13960,51 +13960,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>598443</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
@@ -14213,80 +14213,80 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>616050</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>554983</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
@@ -14765,51 +14765,51 @@
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>581199</x:v>
       </x:c>
@@ -14910,51 +14910,51 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>588284</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
@@ -14962,51 +14962,51 @@
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>588287</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
@@ -15390,51 +15390,51 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>576550</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
@@ -15711,51 +15711,51 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>611195</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
@@ -15766,2177 +15766,2178 @@
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>576549</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>598944</x:v>
+        <x:v>611193</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>598965</x:v>
+        <x:v>600764</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14469</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>588283</x:v>
+        <x:v>600770</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>43079</x:v>
+        <x:v>14469</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>611193</x:v>
+        <x:v>612058</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>611196</x:v>
+        <x:v>598944</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>600764</x:v>
+        <x:v>598965</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>600770</x:v>
+        <x:v>614990</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>14469</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>614990</x:v>
+        <x:v>598437</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>598437</x:v>
+        <x:v>598036</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>14469</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>612058</x:v>
+        <x:v>602682</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>43079</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>588468</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>588469</x:v>
+        <x:v>576946</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>602683</x:v>
+        <x:v>577000</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>611669</x:v>
+        <x:v>598438</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>579050</x:v>
+        <x:v>614991</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>615230</x:v>
+        <x:v>614993</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>614991</x:v>
+        <x:v>614994</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>614993</x:v>
+        <x:v>615209</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>614994</x:v>
+        <x:v>588280</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>615209</x:v>
+        <x:v>576547</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>602682</x:v>
+        <x:v>602683</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>602685</x:v>
+        <x:v>611669</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>43079</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>576946</x:v>
+        <x:v>579050</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>577000</x:v>
+        <x:v>588468</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>588280</x:v>
+        <x:v>588469</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>44587</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>598438</x:v>
+        <x:v>611196</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>576547</x:v>
+        <x:v>588283</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>600768</x:v>
+        <x:v>615230</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>598036</x:v>
+        <x:v>600768</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>580519</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>579510</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C286" s="15" t="s"/>
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C286" s="15" t="n">
+        <x:v>39023</x:v>
+      </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>489</x:v>
-[...1 lines deleted...]
-      <x:c r="H286" s="14" t="s"/>
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s">
+        <x:v>493</x:v>
+      </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="J286" s="14" t="s"/>
+      <x:c r="J286" s="14" t="s">
+        <x:v>212</x:v>
+      </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>575803</x:v>
+        <x:v>590159</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>611917</x:v>
+        <x:v>579550</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>494</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>495</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="J288" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>590159</x:v>
+        <x:v>579510</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>576819</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>242</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>257</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>498</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>591979</x:v>
+        <x:v>579939</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>499</x:v>
-[...1 lines deleted...]
-      <x:c r="C291" s="3" t="s"/>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C291" s="3" t="n">
+        <x:v>39025</x:v>
+      </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="J291" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>579939</x:v>
+        <x:v>591979</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>580517</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>579550</x:v>
+        <x:v>575803</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
@@ -17950,79 +17951,79 @@
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>598450</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>591980</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>155</x:v>
@@ -18054,128 +18055,128 @@
       <x:c r="R297" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>598442</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>612503</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>612509</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
@@ -18259,80 +18260,80 @@
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>576838</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>576851</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
@@ -18408,51 +18409,51 @@
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>580512</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
@@ -18465,51 +18466,51 @@
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>580514</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
@@ -18525,78 +18526,78 @@
       <x:c r="R306" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>611920</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>583214</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
@@ -18628,51 +18629,51 @@
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>612763</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
@@ -18823,165 +18824,165 @@
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>580511</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>591978</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>592014</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
@@ -19172,51 +19173,51 @@
       <x:c r="U318" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>26239</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
@@ -19375,630 +19376,630 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>572416</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>587188</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>490425</x:v>
+        <x:v>491339</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>491339</x:v>
+        <x:v>572415</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>572415</x:v>
+        <x:v>572417</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>572417</x:v>
+        <x:v>606161</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>606161</x:v>
+        <x:v>491340</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>572407</x:v>
+        <x:v>491388</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>572412</x:v>
+        <x:v>572418</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>491340</x:v>
+        <x:v>587188</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>491388</x:v>
+        <x:v>572407</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>572418</x:v>
+        <x:v>572412</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
@@ -20015,144 +20016,144 @@
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>615215</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>576840</x:v>
+        <x:v>576822</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>576822</x:v>
+        <x:v>576840</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>38</x:v>
@@ -20275,80 +20276,80 @@
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>615405</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>576854</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
@@ -20980,51 +20981,51 @@
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>615297</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
@@ -21240,51 +21241,51 @@
       <x:c r="M358" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>608558</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>62</x:v>
@@ -21554,349 +21555,349 @@
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>585169</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>585123</x:v>
+        <x:v>617928</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>585130</x:v>
+        <x:v>585123</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>585143</x:v>
+        <x:v>585130</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>585153</x:v>
+        <x:v>585143</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>611</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>617928</x:v>
+        <x:v>585153</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>616646</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>62</x:v>