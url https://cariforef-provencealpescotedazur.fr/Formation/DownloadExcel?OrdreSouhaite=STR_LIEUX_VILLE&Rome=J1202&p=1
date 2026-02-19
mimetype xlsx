--- v0 (2025-12-02)
+++ v1 (2026-02-19)
@@ -170,60 +170,60 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Pharmacie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DESU pharmacien correspondant dans les parcours patients et en structures</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'Etat de docteur en pharmacie</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>DESU pharmacien correspondant dans les parcours patients et en structures</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
@@ -840,183 +840,182 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>582011</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C3" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J3" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>43026</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>575045</x:v>
+        <x:v>589705</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="C4" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C4" s="15" t="n">
+        <x:v>39499</x:v>
+      </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J4" s="14" t="s"/>
+      <x:c r="J4" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>43026</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>589705</x:v>
+        <x:v>575045</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39499</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>43026</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>596748</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>