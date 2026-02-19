--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -323,56 +323,56 @@
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Robert Schuman</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro carrossier peintre automobile (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>CARPENTRAS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Carrossier peintre automobile</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
@@ -407,119 +407,119 @@
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>CQP débosseleur sans peinture</x:t>
   </x:si>
   <x:si>
     <x:t>PdrX-Center by deboss’autos</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Licencié pour motif économique , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CQP débosseleur sans peinture BC02 Débosselage sans peinture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/10/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/23/2026 00:00:00</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Bac pro technicien en chaudronnerie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Construction métallique</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
@@ -623,110 +623,110 @@
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Frédéric Mistral - Lycée des Métiers de l'Automobile et des Services aux Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>LP F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA IME Les Marronniers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-10e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BAC PRO Technicien en Chaudronnerie Industrielle</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA IME Les Marronniers</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel peintre en carrosserie (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
@@ -734,126 +734,126 @@
   <x:si>
     <x:t>Bac pro réparation des carrosseries (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/11/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Professionnel Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>LP Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
+    <x:t>LP J Moulin</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LP J Moulin</x:t>
+    <x:t>CQP débosseleur sans peinture BC2 Débosselage sans peinture</x:t>
   </x:si>
   <x:si>
     <x:t>Db Services - Les Chasseurs de Bosses</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CQP débosseleur sans peinture BC2 Débosselage sans peinture</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Cisson</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
@@ -2687,209 +2687,209 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>596956</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37913</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>547844</x:v>
+        <x:v>517865</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>37601</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>517865</x:v>
+        <x:v>547844</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>547848</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -2899,110 +2899,110 @@
       <x:c r="J27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>515288</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>547846</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -3012,51 +3012,51 @@
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>544807</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
@@ -3069,51 +3069,51 @@
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>515284</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -3123,51 +3123,51 @@
       <x:c r="J31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>544810</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3675,103 +3675,103 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>596975</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>37601</x:v>
+        <x:v>4935</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>548765</x:v>
+        <x:v>455036</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>95</x:v>
@@ -3782,117 +3782,117 @@
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>502083</x:v>
+        <x:v>552851</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>604274</x:v>
+        <x:v>498653</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>95</x:v>
@@ -3903,178 +3903,178 @@
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>552851</x:v>
+        <x:v>604275</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>498653</x:v>
+        <x:v>604276</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>604275</x:v>
+        <x:v>548765</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -4084,445 +4084,445 @@
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>604276</x:v>
+        <x:v>502083</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>4935</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>455036</x:v>
+        <x:v>604274</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>598900</x:v>
+        <x:v>598899</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>601626</x:v>
+        <x:v>598904</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>588475</x:v>
+        <x:v>601624</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>598902</x:v>
+        <x:v>601621</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>598901</x:v>
+        <x:v>601622</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>598903</x:v>
+        <x:v>601615</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -4532,165 +4532,165 @@
       <x:c r="K55" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>598905</x:v>
+        <x:v>598902</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>618062</x:v>
+        <x:v>598901</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>598899</x:v>
+        <x:v>598903</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -4700,279 +4700,279 @@
       <x:c r="K58" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>598904</x:v>
+        <x:v>598905</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="U58" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>601624</x:v>
+        <x:v>618062</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>601621</x:v>
+        <x:v>588475</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>601622</x:v>
+        <x:v>598900</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>601615</x:v>
+        <x:v>601626</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -4982,57 +4982,57 @@
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>451217</x:v>
+        <x:v>550208</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>138</x:v>
@@ -5394,57 +5394,57 @@
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>550208</x:v>
+        <x:v>451217</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -5630,57 +5630,57 @@
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>500951</x:v>
+        <x:v>500959</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -5690,57 +5690,57 @@
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>500959</x:v>
+        <x:v>500951</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>138</x:v>
@@ -5946,104 +5946,104 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>502195</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>37601</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>23617</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>604168</x:v>
+        <x:v>605644</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -6053,118 +6053,118 @@
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>553204</x:v>
+        <x:v>604168</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>605644</x:v>
+        <x:v>553204</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -6782,154 +6782,153 @@
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>493647</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>543702</x:v>
+        <x:v>547587</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
-      <x:c r="E95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>547587</x:v>
+        <x:v>543702</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
@@ -7185,221 +7184,225 @@
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>495866</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37913</x:v>
+        <x:v>36200</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
+      <x:c r="E101" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>23617</x:v>
+        <x:v>23607</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>551776</x:v>
+        <x:v>549453</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>37601</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>601704</x:v>
+        <x:v>551776</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>552679</x:v>
+        <x:v>601704</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>95</x:v>
@@ -7424,51 +7427,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>549446</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
@@ -7602,167 +7605,165 @@
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>549447</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>495879</x:v>
+        <x:v>552679</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>36200</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>23607</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>601715</x:v>
+        <x:v>495879</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36200</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>95</x:v>
@@ -7773,57 +7774,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>23607</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>549453</x:v>
+        <x:v>601715</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -8009,505 +8010,504 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>595772</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>556768</x:v>
+        <x:v>548767</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>585525</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>4935</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>23617</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>455038</x:v>
+        <x:v>585525</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>4935</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>604331</x:v>
+        <x:v>455038</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
+      <x:c r="E119" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>554809</x:v>
+        <x:v>604331</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>554810</x:v>
+        <x:v>554809</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37601</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
-      <x:c r="E121" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>23617</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>548767</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>498661</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
@@ -8604,387 +8604,387 @@
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>610281</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
+      <x:c r="E125" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>491064</x:v>
+        <x:v>493114</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>540871</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
-      <x:c r="E127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="Q127" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R127" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="Q127" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>493114</x:v>
+        <x:v>581434</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s"/>
+      <x:c r="E128" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>581434</x:v>
+        <x:v>547758</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q129" s="4" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="R129" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="Q129" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>547758</x:v>
+        <x:v>604350</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="Q130" s="16" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R130" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="Q130" s="16" t="s">
+      <x:c r="S130" s="14" t="n">
+        <x:v>491064</x:v>
+      </x:c>
+      <x:c r="T130" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="R130" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -9002,104 +9002,104 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>596978</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>37913</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>608734</x:v>
+        <x:v>526881</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -9123,51 +9123,51 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>500963</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
@@ -9291,662 +9291,662 @@
       <x:c r="K136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>526881</x:v>
+        <x:v>549587</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>550210</x:v>
+        <x:v>608734</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37601</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>23617</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>608773</x:v>
+        <x:v>550210</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>605645</x:v>
+        <x:v>608773</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>37913</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>23617</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>608733</x:v>
+        <x:v>605645</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>36200</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>23607</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>608845</x:v>
+        <x:v>608733</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>5859</x:v>
+        <x:v>36200</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>23617</x:v>
+        <x:v>23607</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>451678</x:v>
+        <x:v>608845</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>36200</x:v>
+        <x:v>5859</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>23607</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>501159</x:v>
+        <x:v>451678</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>37601</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>23617</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>549587</x:v>
+        <x:v>451221</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>37913</x:v>
+        <x:v>36200</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>23617</x:v>
+        <x:v>23607</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>549575</x:v>
+        <x:v>501159</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>451221</x:v>
+        <x:v>549575</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -10138,51 +10138,51 @@
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>596963</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22387</x:v>
@@ -10192,154 +10192,154 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>514444</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>588513</x:v>
+        <x:v>543716</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>543716</x:v>
+        <x:v>588513</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -10351,51 +10351,51 @@
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>604611</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -10408,54 +10408,54 @@
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>547830</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="U155" s="4" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
@@ -10532,154 +10532,154 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>595768</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>37913</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>596979</x:v>
+        <x:v>596961</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>37601</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>596961</x:v>
+        <x:v>596979</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10754,711 +10754,711 @@
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>559094</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>37601</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>494893</x:v>
+        <x:v>596974</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
-      <x:c r="E163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>604375</x:v>
+        <x:v>588534</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>37913</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>596974</x:v>
+        <x:v>596957</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>588534</x:v>
+        <x:v>493054</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s"/>
+      <x:c r="E166" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>596957</x:v>
+        <x:v>494893</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
+      <x:c r="E167" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>493054</x:v>
+        <x:v>604375</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>587711</x:v>
+        <x:v>615218</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>587714</x:v>
+        <x:v>587711</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>591151</x:v>
+        <x:v>587714</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>615216</x:v>
+        <x:v>591151</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>587710</x:v>
+        <x:v>615216</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>615218</x:v>
+        <x:v>587710</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>93</x:v>