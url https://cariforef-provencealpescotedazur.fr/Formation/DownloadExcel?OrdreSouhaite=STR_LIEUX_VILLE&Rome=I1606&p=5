--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -323,56 +323,56 @@
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Robert Schuman</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro carrossier peintre automobile (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>CARPENTRAS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Carrossier peintre automobile</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
@@ -671,59 +671,59 @@
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
@@ -734,57 +734,57 @@
   <x:si>
     <x:t>Bac pro réparation des carrosseries (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>LP Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
@@ -2687,209 +2687,209 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>596956</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37913</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>547844</x:v>
+        <x:v>517865</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>37601</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>517865</x:v>
+        <x:v>547844</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>547848</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -2899,110 +2899,110 @@
       <x:c r="J27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>515288</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>547846</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -3012,51 +3012,51 @@
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>544807</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
@@ -3069,51 +3069,51 @@
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>515284</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -3123,51 +3123,51 @@
       <x:c r="J31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>544810</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5630,57 +5630,57 @@
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>500951</x:v>
+        <x:v>500959</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -5690,112 +5690,112 @@
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>500959</x:v>
+        <x:v>500951</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>37601</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>23617</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>553204</x:v>
+        <x:v>550206</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -5811,118 +5811,118 @@
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>550206</x:v>
+        <x:v>451219</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>451219</x:v>
+        <x:v>604167</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -5932,178 +5932,178 @@
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>604167</x:v>
+        <x:v>502195</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>37601</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>23617</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>502195</x:v>
+        <x:v>605644</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>605644</x:v>
+        <x:v>553204</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>95</x:v>
@@ -7184,224 +7184,225 @@
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>495866</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37913</x:v>
+        <x:v>36200</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
+      <x:c r="E101" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>23617</x:v>
+        <x:v>23607</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>551776</x:v>
+        <x:v>549453</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>37601</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>601704</x:v>
+        <x:v>551776</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>36200</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>23607</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>549453</x:v>
+        <x:v>601704</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>95</x:v>
@@ -7426,51 +7427,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>549446</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
@@ -8603,204 +8604,205 @@
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>610281</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
+      <x:c r="E125" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>540871</x:v>
+        <x:v>493114</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R126" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="R126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>493114</x:v>
+        <x:v>540871</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>581434</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8809,114 +8811,114 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q128" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="Q128" s="16" t="s">
+      <x:c r="R128" s="14" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>547758</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q129" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="Q129" s="4" t="s">
+      <x:c r="R129" s="0" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>604350</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
@@ -8929,51 +8931,51 @@
       <x:c r="J130" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>491064</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -9000,285 +9002,285 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>596978</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>37913</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>608734</x:v>
+        <x:v>526881</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>37601</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>23617</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>549587</x:v>
+        <x:v>500963</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23617</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>500963</x:v>
+        <x:v>501126</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>37913</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>501126</x:v>
+        <x:v>549617</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>209</x:v>
@@ -9289,117 +9291,117 @@
       <x:c r="K136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>549617</x:v>
+        <x:v>549587</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>37601</x:v>
+        <x:v>37913</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>526881</x:v>
+        <x:v>608734</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>138</x:v>
@@ -9545,51 +9547,51 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>605645</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
@@ -9847,51 +9849,51 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>501159</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
@@ -10233,111 +10235,111 @@
       <x:c r="K152" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>588513</x:v>
+        <x:v>543716</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>543716</x:v>
+        <x:v>588513</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -10349,51 +10351,51 @@
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>604611</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -10406,54 +10408,54 @@
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>547830</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="U155" s="4" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
@@ -11022,114 +11024,114 @@
       <x:c r="K166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>604375</x:v>
+        <x:v>494893</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>494893</x:v>
+        <x:v>604375</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>