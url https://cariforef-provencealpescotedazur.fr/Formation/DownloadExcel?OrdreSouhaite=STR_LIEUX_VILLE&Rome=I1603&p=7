--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -536,56 +536,56 @@
   <x:si>
     <x:t>CFTP</x:t>
   </x:si>
   <x:si>
     <x:t>Pneumatique</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/19/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
@@ -641,69 +641,69 @@
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Technicien Expert après-vente véhicules utilitaires et industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique automobile</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS maintenance des matériels de construction et de manutention (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Domaine d'Eguilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>01/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MMCM - Maintenance des Matériels de Construction et de Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien expert après-vente véhicules utilitaires et industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MMCM- Maintenance des Matériels de Construction et de Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro maintenance des matériels option C : matériels d'espaces verts</x:t>
   </x:si>
@@ -3578,164 +3578,165 @@
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>566565</x:v>
+        <x:v>514903</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38191</x:v>
+        <x:v>39327</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>514903</x:v>
+        <x:v>543639</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>39327</x:v>
+        <x:v>38191</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
+      <x:c r="E43" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>543639</x:v>
+        <x:v>566565</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
@@ -5628,51 +5629,51 @@
       <x:c r="K77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>591519</x:v>
+        <x:v>610420</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>97</x:v>
@@ -5681,51 +5682,51 @@
       <x:c r="K78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>610420</x:v>
+        <x:v>591519</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>43</x:v>
@@ -6039,51 +6040,51 @@
       <x:c r="L85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>591524</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
@@ -7144,156 +7145,156 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>506210</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>554269</x:v>
+        <x:v>506203</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>506203</x:v>
+        <x:v>554269</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37071</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7303,111 +7304,111 @@
       <x:c r="K108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>607326</x:v>
+        <x:v>558613</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>602315</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37071</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7417,158 +7418,158 @@
       <x:c r="K110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>558613</x:v>
+        <x:v>607326</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>587884</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>494810</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
@@ -7598,99 +7599,99 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>544529</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>547823</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7700,170 +7701,170 @@
       <x:c r="L115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>544528</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>41657</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>613986</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37071</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>565608</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7873,51 +7874,51 @@
       <x:c r="L118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>542484</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>