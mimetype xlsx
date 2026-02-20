--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -305,68 +305,68 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie végétale</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique François Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CFA Régional Agricole Public PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité sécurité agroalimentaire</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional Agricole Public PACA</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Bac techno sciences et technologies de laboratoire biochimie-biologie-biotechnologie</x:t>
@@ -488,65 +488,65 @@
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>HACCP - Restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>05007</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée A de Tocqueville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS bioanalyses en laboratoire de contrôle</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée A de Tocqueville</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
-    <x:t>GRASSE CEDEX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie et génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
@@ -620,62 +620,62 @@
   <x:si>
     <x:t>BTS bioqualité</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention physique parcours physique et transition énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention physique parcours physique et modélisation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et ses interactions</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CESU auditeur interne</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Qualiticien en Biologie Médicale</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours produits de santé et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>Formulation mélange</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la mesure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
@@ -767,179 +767,179 @@
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse chimique</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité mesures physiques parcours matériaux et contrôles physico-chimiques</x:t>
   </x:si>
   <x:si>
-    <x:t>13388</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité mesures physiques parcours techniques d'instrumentation</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité</x:t>
   </x:si>
   <x:si>
     <x:t>Capteur</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Métiers de la chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la chimie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LT de chimie biologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie</x:t>
   </x:si>
   <x:si>
-    <x:t>13011</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BTS bioanalyses en laboratoire de contrôle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LT de chimie biologie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS bioanalyses et contrôles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité parcours bureau d’étude et maintenance en instrumentation et automatismes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours biologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-13e</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Licence mention chimie parcours chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité parcours bureau d’étude et maintenance en instrumentation et automatismes</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité parcours métrologie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours matériaux et produits formulés (Apprentissage)</x:t>
@@ -968,57 +968,57 @@
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>BTS bioqualité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
@@ -2237,314 +2237,314 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>604286</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>36772</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>21570</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>604287</x:v>
+        <x:v>605835</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="I13" s="4" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>605835</x:v>
+        <x:v>549869</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>36772</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M14" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N14" s="15" t="n">
+        <x:v>21570</x:v>
+      </x:c>
+      <x:c r="O14" s="14" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>549869</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>550310</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="I16" s="16" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>496452</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -2592,129 +2592,129 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>550309</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>598013</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -3111,51 +3111,51 @@
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>596448</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
@@ -3370,51 +3370,51 @@
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21546</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>565188</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -3743,51 +3743,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>21546</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>598273</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -3831,299 +3831,301 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>591936</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="I41" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="I41" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q41" s="4" t="s">
+      <x:c r="R41" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="R41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>597564</x:v>
+        <x:v>594704</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q42" s="16" t="s">
+      <x:c r="R42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="R42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>594704</x:v>
+        <x:v>591944</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C43" s="3" t="s"/>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>38884</x:v>
+      </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="I43" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="I43" s="4" t="s">
-        <x:v>141</x:v>
+      <x:c r="J43" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q43" s="4" t="s">
+      <x:c r="R43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="R43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>591944</x:v>
+        <x:v>597564</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="J44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>594707</x:v>
+        <x:v>591960</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591960</x:v>
+        <x:v>594707</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>148</x:v>
@@ -4217,51 +4219,51 @@
         <x:v>155</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -4388,51 +4390,51 @@
       <x:c r="T50" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -4449,51 +4451,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -4675,51 +4677,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -5276,167 +5278,167 @@
       <x:c r="K66" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>575000</x:v>
+        <x:v>575002</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>575001</x:v>
+        <x:v>574933</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>574933</x:v>
+        <x:v>575000</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -5449,51 +5451,51 @@
       <x:c r="K69" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>575002</x:v>
+        <x:v>575001</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -5654,51 +5656,51 @@
         <x:v>192</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>609739</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -5767,51 +5769,51 @@
         <x:v>192</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>508946</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -5932,51 +5934,51 @@
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>556870</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -6576,152 +6578,152 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>597559</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="C90" s="15" t="s"/>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C90" s="15" t="n">
+        <x:v>38884</x:v>
+      </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>594705</x:v>
+        <x:v>597563</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>597563</x:v>
+        <x:v>594705</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
@@ -7124,202 +7126,202 @@
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>595686</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>35480</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>596774</x:v>
+        <x:v>596690</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>35479</x:v>
+        <x:v>35480</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>596775</x:v>
+        <x:v>596774</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>35494</x:v>
+        <x:v>35479</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>11523</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>596690</x:v>
+        <x:v>596775</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -7400,148 +7402,148 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>39690</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>592213</x:v>
+        <x:v>592043</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>38974</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>592043</x:v>
+        <x:v>592213</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40489</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -8069,57 +8071,57 @@
       <x:c r="K116" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>547716</x:v>
+        <x:v>515643</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -8129,662 +8131,661 @@
       <x:c r="K117" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>515643</x:v>
+        <x:v>547716</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>553743</x:v>
+        <x:v>595684</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>38884</x:v>
+        <x:v>38382</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>600769</x:v>
+        <x:v>553743</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>38382</x:v>
+        <x:v>38884</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s"/>
+      <x:c r="E120" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>11523</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>554186</x:v>
+        <x:v>600769</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C121" s="3" t="n">
+        <x:v>38382</x:v>
+      </x:c>
+      <x:c r="D121" s="3" t="s"/>
+      <x:c r="G121" s="0" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>553742</x:v>
+        <x:v>554186</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>38382</x:v>
+        <x:v>38884</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s"/>
+      <x:c r="E122" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>11523</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>595684</x:v>
+        <x:v>553742</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>594709</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>2705</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>495196</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>591956</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>597560</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>495201</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>600772</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
@@ -8914,786 +8915,783 @@
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>594710</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C132" s="15" t="s"/>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C132" s="15" t="n">
+        <x:v>40489</x:v>
+      </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>263</x:v>
-[...1 lines deleted...]
-      <x:c r="H132" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>215</x:v>
-[...1 lines deleted...]
-      <x:c r="J132" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J132" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>591940</x:v>
+        <x:v>576118</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>38979</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>575005</x:v>
+        <x:v>581345</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s"/>
+      <x:c r="E134" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>576114</x:v>
+        <x:v>554925</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>35494</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>554925</x:v>
+        <x:v>575005</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>581345</x:v>
+        <x:v>576114</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>272</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>574906</x:v>
+        <x:v>591940</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>38974</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>581344</x:v>
+        <x:v>574906</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>40489</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>24469</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>576118</x:v>
+        <x:v>581344</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>509933</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>575543</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>603813</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>454262</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>594701</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
@@ -9788,85 +9786,85 @@
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>581550</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>575552</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
@@ -9898,51 +9896,51 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>591916</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
@@ -10027,134 +10025,134 @@
       <x:c r="T150" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>35496</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>509945</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>35479</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>575553</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
@@ -10350,51 +10348,51 @@
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>551907</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
@@ -10603,97 +10601,97 @@
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>599711</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>13874</x:v>
+        <x:v>38318</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>497197</x:v>
+        <x:v>551905</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>290</x:v>
@@ -10707,114 +10705,114 @@
       <x:c r="K162" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>551905</x:v>
+        <x:v>599712</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>38318</x:v>
+        <x:v>13874</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>599712</x:v>
+        <x:v>497197</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>41043</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -11005,154 +11003,156 @@
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>595685</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>311</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>313</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>546685</x:v>
+        <x:v>591953</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C169" s="3" t="s"/>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="n">
+        <x:v>35310</x:v>
+      </x:c>
       <x:c r="D169" s="3" t="s"/>
+      <x:c r="E169" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="J169" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>591953</x:v>
+        <x:v>546685</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
@@ -11586,51 +11586,51 @@
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>41043</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>551825</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -11727,82 +11727,82 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>596032</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>611635</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
@@ -11941,79 +11941,79 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>591948</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38884</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>597562</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">