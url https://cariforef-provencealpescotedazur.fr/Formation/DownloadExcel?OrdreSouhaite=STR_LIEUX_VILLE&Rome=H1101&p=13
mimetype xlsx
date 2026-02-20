--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -539,65 +539,65 @@
   <x:si>
     <x:t>Lycée Alfred Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Tecnologique Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Costebelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS CIEL - Cybersécurité, informatique et réseaux, électronique - Option A informatique et réseaux (CIEL IR)</x:t>
   </x:si>
   <x:si>
-    <x:t>HYERES</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Trajectoire gagnante vers les métiers de l'industrie (FTJ)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
@@ -680,65 +680,65 @@
   <x:si>
     <x:t>Travail matériau</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie industriel et maintenance parcours ingénierie des systèmes pluritechniques</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>LA TOUR-D'AIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOLONET</x:t>
@@ -1031,57 +1031,57 @@
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
@@ -4809,97 +4809,97 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>494731</x:v>
+        <x:v>613000</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -4922,97 +4922,97 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>556502</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>613000</x:v>
+        <x:v>494731</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5757,444 +5757,444 @@
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>550631</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>35341</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s"/>
+      <x:c r="E72" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>554787</x:v>
+        <x:v>511023</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="R73" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="S73" s="0" t="n">
+        <x:v>556397</x:v>
+      </x:c>
+      <x:c r="T73" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="Q73" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>556397</x:v>
+        <x:v>507655</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>507655</x:v>
+        <x:v>608349</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>608349</x:v>
+        <x:v>554787</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>608108</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>596907</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
@@ -7060,94 +7060,94 @@
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>454250</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>35498</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>596738</x:v>
+        <x:v>592031</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -7169,102 +7169,102 @@
       <x:c r="M95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>510678</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38980</x:v>
+        <x:v>35498</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>592031</x:v>
+        <x:v>596738</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -7767,51 +7767,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>602152</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>41</x:v>
@@ -7824,51 +7824,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>550627</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24231</x:v>
@@ -7991,51 +7991,51 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>543637</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>41</x:v>
@@ -8893,159 +8893,160 @@
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>542496</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>547559</x:v>
+        <x:v>582019</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
+      <x:c r="E127" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>582019</x:v>
+        <x:v>547559</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>130</x:v>
@@ -9429,51 +9430,51 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>594151</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>41</x:v>
@@ -9718,51 +9719,51 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>517808</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10795,164 +10796,164 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>591933</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>614369</x:v>
+        <x:v>515635</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>515635</x:v>
+        <x:v>614369</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -11208,51 +11209,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>587892</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -12848,212 +12849,211 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>602810</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>122</x:v>
-[...1 lines deleted...]
-      <x:c r="H194" s="14" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>507187</x:v>
+        <x:v>605693</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>128</x:v>
-[...2 lines deleted...]
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R195" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="R195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>605693</x:v>
+        <x:v>507187</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>552270</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13066,51 +13066,51 @@
       <x:c r="J197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>498536</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13125,51 +13125,51 @@
       <x:c r="J198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>502396</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13182,51 +13182,51 @@
       <x:c r="J199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>507188</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13243,51 +13243,51 @@
       <x:c r="J200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>605696</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13303,51 +13303,51 @@
       <x:c r="J201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>617499</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
@@ -13360,51 +13360,51 @@
       <x:c r="J202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>599403</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -13414,51 +13414,51 @@
       <x:c r="J203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>544708</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
@@ -13471,51 +13471,51 @@
       <x:c r="J204" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>497023</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13531,51 +13531,51 @@
       <x:c r="J205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>550267</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
@@ -13590,51 +13590,51 @@
       <x:c r="J206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>617130</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13647,51 +13647,51 @@
       <x:c r="J207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>549005</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
@@ -13704,51 +13704,51 @@
       <x:c r="J208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>596911</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13758,57 +13758,57 @@
       <x:c r="H209" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="Q209" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="Q209" s="4" t="s">
+      <x:c r="R209" s="0" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13825,51 +13825,51 @@
       <x:c r="J210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>500994</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13879,57 +13879,57 @@
       <x:c r="H211" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="Q211" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="Q211" s="4" t="s">
+      <x:c r="R211" s="0" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>550249</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -13944,51 +13944,51 @@
       <x:c r="J212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>601931</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>337</x:v>
       </x:c>