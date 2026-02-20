--- v2 (2026-02-19)
+++ v3 (2026-02-20)
@@ -233,62 +233,62 @@
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS - Certificat de spécialisation Cuisinier en desserts de restaurant (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CS Certificat de Spécialisation Desserts de restaurant</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de Cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
@@ -545,104 +545,104 @@
   <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2019 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel cuisinier en restauration collective (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisine collectivité</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2023 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/27/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Certificat de spécialisation desserts de restaurant (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac techno sciences et technologies de l'hôtellerie et de la restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence</x:t>
   </x:si>
   <x:si>
     <x:t>84032</x:t>
   </x:si>
   <x:si>
     <x:t>Hôtellerie</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Formation santé</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + specialisation Les pains et viennoiseries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkl Forma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANDOL</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation desserts chocolat</x:t>
   </x:si>
   <x:si>
-    <x:t>Tkl Forma</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation macarons</x:t>
   </x:si>
   <x:si>
-    <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + specialisation Les pains et viennoiseries</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + spécialisation Les petits fours sucrés et salés</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation cuisine italienne : les pâtes fraîches, sauces et risottos</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation plancha et métiers de grillardin</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation barbecue</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation canard et foie gras</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + spécialisation : Les glaces et sorbets</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
@@ -1280,68 +1280,68 @@
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP cuisine (des étoiles et des femmes)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Polyvalent Hôtelier Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa des Chefs</x:t>
   </x:si>
   <x:si>
     <x:t>92130</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/10/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Pastré Grande Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
@@ -1499,50 +1499,62 @@
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro cuisine - Cuisine des terroirs, circuits courts et alimentation durable</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Personnel de bord (yacht) - Cuisine pâtisserie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
     <x:t>Mare Nicéa</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2027 00:00:00</x:t>
@@ -1566,62 +1578,50 @@
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Lyée Professionnel Briand Aristide</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2027 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Entrainement : cuisine bien être</x:t>
   </x:si>
   <x:si>
     <x:t>Airelle - Vert La Table</x:t>
   </x:si>
   <x:si>
     <x:t>VLT</x:t>
   </x:si>
   <x:si>
     <x:t>83640</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Commerçant , Demandeur d'emploi , Formateur , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialisation cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEVAIRE</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
@@ -2966,208 +2966,208 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>589721</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>600397</x:v>
+        <x:v>557467</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>557467</x:v>
+        <x:v>585588</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>37380</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>585588</x:v>
+        <x:v>600397</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -3356,51 +3356,51 @@
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>565702</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -4035,51 +4035,51 @@
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>581082</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -4157,216 +4157,216 @@
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>543650</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>34956</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>520649</x:v>
+        <x:v>587906</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>520725</x:v>
+        <x:v>520649</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>34956</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>587906</x:v>
+        <x:v>520725</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -4710,114 +4710,114 @@
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>603540</x:v>
+        <x:v>553756</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>553756</x:v>
+        <x:v>603540</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -6059,406 +6059,406 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>446076</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>546722</x:v>
+        <x:v>546724</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>546726</x:v>
+        <x:v>520675</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38871</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>602763</x:v>
+        <x:v>547233</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>37380</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>546724</x:v>
+        <x:v>546722</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>520675</x:v>
+        <x:v>546726</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>38871</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42708</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>547233</x:v>
+        <x:v>602763</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>139</x:v>
@@ -6538,208 +6538,208 @@
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>616020</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>37867</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>587181</x:v>
+        <x:v>587368</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>587185</x:v>
+        <x:v>587181</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>37859</x:v>
+        <x:v>37867</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>587368</x:v>
+        <x:v>587185</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -6803,51 +6803,51 @@
       <x:c r="L78" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>587340</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -6857,51 +6857,51 @@
       <x:c r="L79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>587336</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -6914,51 +6914,51 @@
       <x:c r="L80" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>587207</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -6968,51 +6968,51 @@
       <x:c r="L81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>587210</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -7025,51 +7025,51 @@
       <x:c r="L82" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>587212</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7079,51 +7079,51 @@
       <x:c r="L83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>587370</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
@@ -8020,51 +8020,51 @@
       <x:c r="L99" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>557639</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
@@ -8087,335 +8087,334 @@
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>526431</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>207</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>590635</x:v>
+        <x:v>526706</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F102" s="14" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F102" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
       <x:c r="G102" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>603892</x:v>
+        <x:v>590635</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>526706</x:v>
+        <x:v>603892</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>39515</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>603909</x:v>
+        <x:v>557642</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>39515</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>557642</x:v>
+        <x:v>603909</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
@@ -8498,159 +8497,159 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>496776</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>601068</x:v>
+        <x:v>546560</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>601085</x:v>
+        <x:v>601068</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -8659,54 +8658,54 @@
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>546560</x:v>
+        <x:v>601085</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8775,51 +8774,51 @@
       <x:c r="L112" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>546540</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -8832,51 +8831,51 @@
       <x:c r="L113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>546559</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
@@ -9007,51 +9006,51 @@
       <x:c r="L116" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>546532</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -9410,265 +9409,265 @@
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>515754</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>597392</x:v>
+        <x:v>542507</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>542507</x:v>
+        <x:v>597392</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>37553</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>507570</x:v>
+        <x:v>540933</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>540933</x:v>
+        <x:v>507570</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
@@ -9810,159 +9809,159 @@
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>610863</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>615820</x:v>
+        <x:v>573534</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>573534</x:v>
+        <x:v>615820</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10454,97 +10453,97 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>588466</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>587183</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10554,51 +10553,51 @@
       <x:c r="L143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>587209</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -10611,51 +10610,51 @@
       <x:c r="L144" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>587211</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10665,51 +10664,51 @@
       <x:c r="L145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>587345</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -10776,51 +10775,51 @@
       <x:c r="L147" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>587337</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -10833,105 +10832,105 @@
       <x:c r="L148" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>587373</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>587186</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -10944,51 +10943,51 @@
       <x:c r="L150" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>587213</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -11539,51 +11538,51 @@
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>579473</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -11779,51 +11778,51 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>548771</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
@@ -11836,51 +11835,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>617913</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -11952,51 +11951,51 @@
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>617918</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37380</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -12248,278 +12247,278 @@
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>547513</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>253</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>520722</x:v>
+        <x:v>493597</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>37553</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>58</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>454925</x:v>
+        <x:v>543705</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
+      <x:c r="E175" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>543705</x:v>
+        <x:v>520722</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>259</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>493597</x:v>
+        <x:v>454925</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -15049,51 +15048,51 @@
       <x:c r="L221" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>587221</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -15274,397 +15273,397 @@
       <x:c r="L225" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>570012</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s"/>
+      <x:c r="E226" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>586649</x:v>
+        <x:v>607983</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>607983</x:v>
+        <x:v>496251</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>496251</x:v>
+        <x:v>586649</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>37380</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
-      <x:c r="E229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>570010</x:v>
+        <x:v>587218</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>607977</x:v>
+        <x:v>570010</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
+      <x:c r="E231" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>587218</x:v>
+        <x:v>607977</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15793,159 +15792,160 @@
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>587302</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>39515</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
+      <x:c r="E235" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>586651</x:v>
+        <x:v>520702</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>39515</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>520702</x:v>
+        <x:v>586651</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -16127,51 +16127,51 @@
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>547055</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -18018,340 +18018,340 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>548770</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>604807</x:v>
+        <x:v>553240</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
-      <x:c r="E274" s="14" t="s"/>
+      <x:c r="E274" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>574184</x:v>
+        <x:v>501704</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>553240</x:v>
+        <x:v>553261</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
-      <x:c r="E276" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>501704</x:v>
+        <x:v>574184</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>553261</x:v>
+        <x:v>604807</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>254</x:v>
@@ -18954,273 +18954,273 @@
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>543729</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
+      <x:c r="E289" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>540917</x:v>
+        <x:v>547594</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>547594</x:v>
+        <x:v>540917</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
-      <x:c r="E291" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>520659</x:v>
+        <x:v>543703</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
-      <x:c r="E292" s="14" t="s"/>
+      <x:c r="E292" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>543703</x:v>
+        <x:v>520659</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -19841,754 +19841,754 @@
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>589759</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>585592</x:v>
+        <x:v>585554</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>585554</x:v>
+        <x:v>585592</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F307" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="I307" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="J307" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K307" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="L307" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M307" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N307" s="3" t="n">
+        <x:v>42752</x:v>
+      </x:c>
+      <x:c r="O307" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="P307" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="H307" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="I307" s="4" t="s">
+      <x:c r="Q307" s="4" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>456545</x:v>
+        <x:v>581260</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>404</x:v>
-[...1 lines deleted...]
-      <x:c r="H308" s="14" t="s"/>
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s">
+        <x:v>400</x:v>
+      </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>513694</x:v>
+        <x:v>604343</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
-      <x:c r="E309" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>547670</x:v>
+        <x:v>492287</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
-      <x:c r="E310" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>604343</x:v>
+        <x:v>540936</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
+      <x:c r="E311" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>399</x:v>
-[...2 lines deleted...]
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>492287</x:v>
+        <x:v>513694</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
-      <x:c r="E312" s="14" t="s"/>
+      <x:c r="E312" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>540936</x:v>
+        <x:v>547670</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>494862</x:v>
+        <x:v>456545</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>581260</x:v>
+        <x:v>494862</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>493040</x:v>
+        <x:v>493599</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>37553</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>493599</x:v>
+        <x:v>493040</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -20705,51 +20705,51 @@
       <x:c r="H319" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>604336</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
@@ -20766,51 +20766,51 @@
       <x:c r="H320" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>547728</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
@@ -20826,51 +20826,51 @@
       <x:c r="H321" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>520663</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
@@ -21802,51 +21802,51 @@
       <x:c r="M338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>447542</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -22028,51 +22028,51 @@
       <x:c r="L342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>501427</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38871</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
@@ -22500,238 +22500,238 @@
       <x:c r="K350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>604292</x:v>
+        <x:v>497835</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>39515</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>604309</x:v>
+        <x:v>604292</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>38722</x:v>
+        <x:v>39515</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>604312</x:v>
+        <x:v>604309</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>497835</x:v>
+        <x:v>604312</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
@@ -24611,154 +24611,153 @@
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>553833</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
-      <x:c r="E386" s="14" t="s"/>
+      <x:c r="E386" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>597390</x:v>
+        <x:v>607403</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
-      <x:c r="E387" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>607403</x:v>
+        <x:v>597390</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>443</x:v>
@@ -25668,391 +25667,389 @@
         <x:v>469554</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>559015</x:v>
+        <x:v>502439</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
+      <x:c r="E405" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F405" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>554019</x:v>
+        <x:v>583829</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G406" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>583829</x:v>
+        <x:v>580573</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
-      <x:c r="E407" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>580573</x:v>
+        <x:v>540940</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>464</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>502439</x:v>
+        <x:v>564606</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>554037</x:v>
+        <x:v>509801</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
@@ -26064,114 +26061,117 @@
       <x:c r="K410" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>540940</x:v>
+        <x:v>554037</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
+      <x:c r="E411" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>509801</x:v>
+        <x:v>608248</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>191</x:v>
@@ -26182,2057 +26182,2058 @@
       <x:c r="K412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>608248</x:v>
+        <x:v>559015</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
-      <x:c r="E413" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H413" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>606697</x:v>
+        <x:v>554019</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
-      <x:c r="E414" s="14" t="s"/>
-      <x:c r="F414" s="14" t="s"/>
+      <x:c r="E414" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F414" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
       <x:c r="G414" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>507615</x:v>
+        <x:v>606697</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H415" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>616710</x:v>
+        <x:v>507615</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>566273</x:v>
+        <x:v>616710</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
-      <x:c r="E417" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>464</x:v>
-[...2 lines deleted...]
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>608444</x:v>
+        <x:v>566273</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>478</x:v>
-[...1 lines deleted...]
-      <x:c r="C418" s="15" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C418" s="15" t="n">
+        <x:v>38430</x:v>
+      </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="J418" s="14" t="s"/>
+      <x:c r="J418" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>583841</x:v>
+        <x:v>608444</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
+      <x:c r="E419" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F419" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>471</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>574219</x:v>
+        <x:v>583841</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
-      <x:c r="E420" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>608163</x:v>
+        <x:v>574219</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>37553</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
+      <x:c r="E421" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>509800</x:v>
+        <x:v>608163</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
-      <x:c r="E422" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>470</x:v>
-[...1 lines deleted...]
-      <x:c r="H422" s="14" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H422" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
       <x:c r="I422" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>617342</x:v>
+        <x:v>509800</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>189</x:v>
-[...2 lines deleted...]
-        <x:v>190</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>559036</x:v>
+        <x:v>617342</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
-      <x:c r="E424" s="14" t="s"/>
+      <x:c r="E424" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>470</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>581754</x:v>
+        <x:v>559036</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
-      <x:c r="E425" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>513695</x:v>
+        <x:v>581754</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>478</x:v>
-[...1 lines deleted...]
-      <x:c r="C426" s="15" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C426" s="15" t="n">
+        <x:v>37910</x:v>
+      </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="J426" s="14" t="s"/>
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="J426" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K426" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>583840</x:v>
+        <x:v>513695</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
+      <x:c r="E427" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F427" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H427" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>471</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>575214</x:v>
+        <x:v>583840</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>615279</x:v>
+        <x:v>575214</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
-      <x:c r="E429" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>617343</x:v>
+        <x:v>615279</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>516407</x:v>
+        <x:v>617343</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H431" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>602035</x:v>
+        <x:v>516407</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
-      <x:c r="E432" s="14" t="s"/>
+      <x:c r="E432" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>597383</x:v>
+        <x:v>602035</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>592260</x:v>
+        <x:v>597383</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>595231</x:v>
+        <x:v>592260</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>163</x:v>
-[...1 lines deleted...]
-      <x:c r="C435" s="3" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C435" s="3" t="n">
+        <x:v>37910</x:v>
+      </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>42776</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>595455</x:v>
+        <x:v>595231</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>507571</x:v>
+        <x:v>595455</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>617220</x:v>
+        <x:v>507571</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>542508</x:v>
+        <x:v>617220</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
-      <x:c r="E439" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>547850</x:v>
+        <x:v>542508</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
-      <x:c r="E440" s="14" t="s"/>
+      <x:c r="E440" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>540935</x:v>
+        <x:v>547850</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="Q441" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R441" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="Q441" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>597377</x:v>
+        <x:v>540935</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
-      <x:c r="E442" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>515751</x:v>
+        <x:v>597377</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>188</x:v>
-[...1 lines deleted...]
-      <x:c r="C443" s="3" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C443" s="3" t="n">
+        <x:v>38430</x:v>
+      </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="J443" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>579477</x:v>
+        <x:v>515751</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
-      <x:c r="E444" s="14" t="s"/>
-      <x:c r="F444" s="14" t="s"/>
+      <x:c r="E444" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F444" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="G444" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="H444" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H444" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I444" s="16" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>570896</x:v>
+        <x:v>579477</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>557466</x:v>
+        <x:v>570896</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
-      <x:c r="E446" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E446" s="14" t="s"/>
+      <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>583926</x:v>
+        <x:v>557466</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F447" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H447" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>564606</x:v>
+        <x:v>583926</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
@@ -28536,154 +28537,153 @@
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>604378</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
-      <x:c r="E454" s="14" t="s"/>
+      <x:c r="E454" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>589720</x:v>
+        <x:v>547787</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
-      <x:c r="E455" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>547787</x:v>
+        <x:v>543731</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
@@ -28696,57 +28696,57 @@
       <x:c r="K456" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>543731</x:v>
+        <x:v>589720</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -29180,164 +29180,164 @@
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>604908</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>553674</x:v>
+        <x:v>501565</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>501565</x:v>
+        <x:v>553674</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>39515</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -29972,126 +29972,126 @@
       <x:c r="H478" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>520688</x:v>
+        <x:v>609752</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>609752</x:v>
+        <x:v>520688</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>410</x:v>
@@ -30683,154 +30683,154 @@
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>573830</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>543704</x:v>
+        <x:v>600398</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>600398</x:v>
+        <x:v>543704</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -30904,159 +30904,160 @@
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>547597</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
+      <x:c r="E495" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>545084</x:v>
+        <x:v>547522</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
-      <x:c r="E496" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>547522</x:v>
+        <x:v>545084</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>37380</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -31402,51 +31403,51 @@
       <x:c r="M503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>581144</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">