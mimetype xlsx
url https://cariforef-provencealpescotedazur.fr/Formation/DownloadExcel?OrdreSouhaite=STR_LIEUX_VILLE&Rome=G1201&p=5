--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -173,170 +173,170 @@
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>AGAY</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours hébreu et études juives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Culture civilisation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues étrangères appliquées parcours anglais - allemand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Langues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues étrangères appliquées parcours anglais - chinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours chinois</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours coréen</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - russe</x:t>
   </x:si>
   <x:si>
-    <x:t>Langues</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours arabe</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours hébreu et études juives</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours russe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales (préparation également possible par Bloc(s) de compétences) parcours bilangue : turc-arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours allemand</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Guide Interprète et guide conférencier: responsable d'ingénierie en tourisme durable</x:t>
   </x:si>
   <x:si>
     <x:t>Guide-conférencier</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projet évènementiel BC3 piloter un projet événementiel</x:t>
   </x:si>
   <x:si>
     <x:t>Learn Concept  - Perrine Pouillot</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Communication professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours anglais</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention langues étrangères appliquées parcours anglais - japonais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours japonais</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours italien</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours trilangue</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - arabe</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours japonais</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - italien</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - coréen</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - turc</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours portugais</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
@@ -515,107 +515,107 @@
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'alpinisme - guide de haute montagne et activités assimilées</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les Enganes</x:t>
   </x:si>
   <x:si>
     <x:t>13990</x:t>
   </x:si>
   <x:si>
     <x:t>FONTVIEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/03/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Anglais - getting a job and phone calls</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Allemand - niveau 3</x:t>
   </x:si>
   <x:si>
     <x:t>Allemand</x:t>
   </x:si>
   <x:si>
     <x:t>Espagnol - niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>Espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais - getting a job</x:t>
   </x:si>
   <x:si>
     <x:t>Espagnol - niveau 1</x:t>
   </x:si>
   <x:si>
+    <x:t>Anglais - niveau 2</x:t>
+  </x:si>
+  <x:si>
     <x:t>Anglais - voyage grand débutant</x:t>
   </x:si>
   <x:si>
-    <x:t>Anglais - niveau 2</x:t>
+    <x:t>Anglais - phone calls</x:t>
   </x:si>
   <x:si>
     <x:t>Allemand - niveau 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Anglais - phone calls</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Anglais - business first</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais - niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais - niveau 3</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais - business writing</x:t>
   </x:si>
   <x:si>
     <x:t>Espagnol - niveau 3</x:t>
   </x:si>
   <x:si>
     <x:t>Allemand - niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
@@ -677,90 +677,90 @@
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais aéroportuaire</x:t>
   </x:si>
   <x:si>
     <x:t>Sarra Lamloumi</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel guide accompagnateur touristique - Découverte de la Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guide accompagnateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention guide conférencier</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention guide conférencier</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation au probatoire du DE Accompagnateur en Montagne</x:t>
   </x:si>
   <x:si>
     <x:t>Bureau des Guides de Haute Montagne des Alpes Maritimes Mercantour</x:t>
   </x:si>
   <x:si>
     <x:t>06450</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Demandeur d'emploi longue durée , Particulier, individuel , Public en emploi</x:t>
   </x:si>
@@ -1557,51 +1557,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>575713</x:v>
+        <x:v>575720</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -1614,110 +1614,110 @@
       <x:c r="K5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>575790</x:v>
+        <x:v>575781</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>575717</x:v>
+        <x:v>575785</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -1730,110 +1730,110 @@
       <x:c r="K7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>575720</x:v>
+        <x:v>575718</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>575781</x:v>
+        <x:v>575713</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -1846,51 +1846,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>575785</x:v>
+        <x:v>575790</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
@@ -1905,51 +1905,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>575718</x:v>
+        <x:v>575717</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -2321,325 +2321,325 @@
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>575716</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>575721</x:v>
+        <x:v>575789</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>39173</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>575782</x:v>
+        <x:v>575723</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>575723</x:v>
+        <x:v>575722</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575722</x:v>
+        <x:v>575792</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>575792</x:v>
+        <x:v>575721</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -2652,51 +2652,51 @@
       <x:c r="K23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>575789</x:v>
+        <x:v>575782</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
@@ -3234,148 +3234,148 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>581615</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592054</x:v>
+        <x:v>592373</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>592373</x:v>
+        <x:v>592054</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>102</x:v>
@@ -3746,108 +3746,108 @@
       <x:c r="K42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>612353</x:v>
+        <x:v>588123</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>588123</x:v>
+        <x:v>612353</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
@@ -4106,51 +4106,51 @@
       <x:c r="K49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>542255</x:v>
+        <x:v>542252</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>153</x:v>
@@ -4159,153 +4159,153 @@
       <x:c r="K50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>542252</x:v>
+        <x:v>542255</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>15287</x:v>
+        <x:v>15203</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>542243</x:v>
+        <x:v>542254</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>15203</x:v>
+        <x:v>15287</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>542254</x:v>
+        <x:v>542243</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>39</x:v>
@@ -4743,160 +4743,159 @@
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>611996</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>181</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>176</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>592053</x:v>
+        <x:v>609278</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>175</x:v>
-[...2 lines deleted...]
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>609278</x:v>
+        <x:v>592053</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5186,315 +5185,313 @@
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>570046</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40326</x:v>
+        <x:v>38548</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
-      <x:c r="F70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F70" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
       <x:c r="G70" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42602</x:v>
+        <x:v>42611</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>573103</x:v>
+        <x:v>583806</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>38548</x:v>
+        <x:v>40326</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
-      <x:c r="E71" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42611</x:v>
+        <x:v>42602</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="P71" s="0" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>583806</x:v>
+        <x:v>573103</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="U71" s="4" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>592055</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>592371</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40326</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42602</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>592551</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>