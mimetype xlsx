--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -344,110 +344,110 @@
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Privat</x:t>
   </x:si>
   <x:si>
     <x:t>13632</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Saint Jean de La Salle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'électricité et de l'énergie parcours chargé d'affaires en installation électrique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Henri Boudon</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
@@ -662,86 +662,86 @@
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>École de production Je fabrique mon avenir- site de La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>École de production Je fabrique mon avenir</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitations électriques B1 - B2 - BR - BC - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concept Sécurité Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES PENNES-MIRABEAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitations électriques B1 - B2 - BC - BR</x:t>
   </x:si>
   <x:si>
-    <x:t>Concept Sécurité Formation</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Habilitations électriques B1 - B2 - BR - BC - Recyclage</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/03/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Certificat de spécialisation technicien en réseaux électriques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution électricité</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur de réseaux électriques aéro-souterrains (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
@@ -839,56 +839,56 @@
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée René Caillé</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>LP R Caillié</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CS - Certificat de spécialisation Technicien en réseaux électriques</x:t>
   </x:si>
   <x:si>
-    <x:t>06/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
@@ -920,60 +920,60 @@
   <x:si>
     <x:t>Habilitation électrique H1 exécutant électricien, haute tension</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel installateur de réseaux de télécommunications en fibre optique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission fibre optique</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Henri</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPTR de L'Estaque</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre et Marie Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1 - H1 - B2 - H2</x:t>
   </x:si>
   <x:si>
     <x:t>News Formations</x:t>
   </x:si>
   <x:si>
     <x:t>Eclipse - Istec</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
@@ -2742,330 +2742,330 @@
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>593000</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>548200</x:v>
+        <x:v>603183</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>503223</x:v>
+        <x:v>603195</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>603183</x:v>
+        <x:v>599555</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>603195</x:v>
+        <x:v>503223</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C26" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="n">
+        <x:v>38401</x:v>
+      </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>599555</x:v>
+        <x:v>548200</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3359,114 +3359,114 @@
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>603267</x:v>
+        <x:v>503691</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>503691</x:v>
+        <x:v>603267</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -3728,90 +3728,93 @@
       <x:c r="S38" s="14" t="n">
         <x:v>603323</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>548268</x:v>
+        <x:v>609585</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -3820,284 +3823,281 @@
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>548269</x:v>
+        <x:v>548268</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-        <x:v>92</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>552769</x:v>
+        <x:v>548269</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="H42" s="14" t="s">
+      <x:c r="I42" s="16" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>609585</x:v>
+        <x:v>552769</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>607553</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>552727</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
@@ -4260,511 +4260,511 @@
         <x:v>603332</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>501938</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>30117</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>558162</x:v>
+        <x:v>607554</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>603333</x:v>
+        <x:v>556826</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>40033</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>503373</x:v>
+        <x:v>611487</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>40033</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>611487</x:v>
+        <x:v>507321</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>556826</x:v>
+        <x:v>603333</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>507321</x:v>
+        <x:v>503373</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>30117</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N55" s="3" t="n">
+        <x:v>24054</x:v>
+      </x:c>
+      <x:c r="O55" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="P55" s="0" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>607554</x:v>
+        <x:v>558162</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4923,51 +4923,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>556506</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -5174,114 +5174,114 @@
       <x:c r="K63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>574155</x:v>
+        <x:v>494742</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>494742</x:v>
+        <x:v>574155</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -5366,57 +5366,57 @@
       <x:c r="S66" s="14" t="n">
         <x:v>557469</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -5427,236 +5427,236 @@
         <x:v>502271</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>129</x:v>
-[...1 lines deleted...]
-      <x:c r="H68" s="14" t="s"/>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>556714</x:v>
+        <x:v>604743</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>604743</x:v>
+        <x:v>502307</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>502307</x:v>
+        <x:v>556714</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -5782,57 +5782,57 @@
         <x:v>553799</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -5842,154 +5842,154 @@
       <x:c r="S74" s="14" t="n">
         <x:v>552788</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>604744</x:v>
+        <x:v>552804</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>552804</x:v>
+        <x:v>604744</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6412,57 +6412,57 @@
       <x:c r="S84" s="14" t="n">
         <x:v>592999</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -6473,178 +6473,178 @@
         <x:v>502046</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>604231</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>552861</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -6654,57 +6654,57 @@
       <x:c r="S88" s="14" t="n">
         <x:v>604230</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -7275,165 +7275,164 @@
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>600501</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s"/>
+      <x:c r="E100" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>488072</x:v>
+        <x:v>498712</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>498712</x:v>
+        <x:v>488072</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>185</x:v>
@@ -7993,182 +7992,182 @@
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>598204</x:v>
+        <x:v>598213</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>598217</x:v>
+        <x:v>598204</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>598213</x:v>
+        <x:v>598217</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37235</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -8886,98 +8885,98 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>592998</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>600487</x:v>
+        <x:v>600502</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -9057,117 +9056,117 @@
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>600502</x:v>
+        <x:v>498716</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>498716</x:v>
+        <x:v>600487</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>185</x:v>
@@ -9454,100 +9453,100 @@
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>565304</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -9557,269 +9556,271 @@
       <x:c r="S138" s="14" t="n">
         <x:v>507315</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>556785</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>175</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>501026</x:v>
+        <x:v>592993</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
+      <x:c r="E141" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>592993</x:v>
+        <x:v>609475</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>609475</x:v>
+        <x:v>501026</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -10242,160 +10243,159 @@
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>548363</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
-      <x:c r="E151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>503611</x:v>
+        <x:v>592984</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>592984</x:v>
+        <x:v>503611</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10472,280 +10472,281 @@
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>557439</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37235</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
+      <x:c r="E155" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24086</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>558850</x:v>
+        <x:v>565149</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>548362</x:v>
+        <x:v>548346</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>548346</x:v>
+        <x:v>548362</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37235</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24086</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>565149</x:v>
+        <x:v>558850</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -11539,265 +11540,265 @@
       <x:c r="S172" s="14" t="n">
         <x:v>606819</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37443</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24229</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>556908</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>37443</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>283</x:v>
-[...1 lines deleted...]
-      <x:c r="H174" s="14" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24229</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>592994</x:v>
+        <x:v>609540</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>592988</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>37443</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>24229</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>609540</x:v>
+        <x:v>592994</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
@@ -11890,83 +11891,83 @@
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>615569</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
@@ -11997,83 +11998,83 @@
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>535426</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">