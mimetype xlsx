--- v0 (2025-12-02)
+++ v1 (2026-02-19)
@@ -182,135 +182,135 @@
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Eco-conception</x:t>
   </x:si>
   <x:si>
     <x:t>Estp - Grande Ecole d'Ingénieurs de la Construction</x:t>
   </x:si>
   <x:si>
     <x:t>94230</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résolution problème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure d'Arts et Métiers - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics en partenariat avec l'AFITP PACA (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Résolution problème</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de la Terre et des planètes, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
@@ -949,215 +949,215 @@
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>602150</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
-        <x:v>38058</x:v>
+        <x:v>39555</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>448148</x:v>
+        <x:v>550435</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>39555</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>543394</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="U4" s="16" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>39555</x:v>
+        <x:v>38058</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>550435</x:v>
+        <x:v>448148</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
@@ -1227,54 +1227,54 @@
       <x:c r="K7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>577561</x:v>
+        <x:v>577560</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
@@ -1286,54 +1286,54 @@
       <x:c r="K8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>577560</x:v>
+        <x:v>577561</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -1508,51 +1508,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>592221</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -1562,51 +1562,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>592219</x:v>
+        <x:v>592221</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
@@ -1619,51 +1619,51 @@
       <x:c r="K14" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>592220</x:v>
+        <x:v>592219</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39518</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>51</x:v>
       </x:c>