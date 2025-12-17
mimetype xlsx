--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -281,59 +281,59 @@
   <x:si>
     <x:t>11/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prise de vue vidéo - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prise de vues vidéo</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>REPERAGE</x:t>
   </x:si>
   <x:si>
     <x:t>Cifap</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2025 00:00:00</x:t>
@@ -362,54 +362,54 @@
   <x:si>
     <x:t>Les Ateliers de l'Image et du Son</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mise à niveau cinéma et audiovisuel (Mancav)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor Réalisateur nouveaux médias et JRI (3ème année)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Bachelor Réalisateur nouveaux médias et JRI (3ème année)</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accessoiriste du plateau</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
@@ -1521,145 +1521,145 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>535570</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>583365</x:v>
+        <x:v>578310</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>578310</x:v>
+        <x:v>583365</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="U13" s="4" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
@@ -1816,51 +1816,51 @@
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>578306</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
@@ -2084,145 +2084,145 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>549547</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>587278</x:v>
+        <x:v>604633</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>604633</x:v>
+        <x:v>587278</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>