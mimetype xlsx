--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -650,95 +650,95 @@
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
   </x:si>
   <x:si>
     <x:t>ARFAMSTA</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel conseiller de vente (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
-    <x:t>84130</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/13/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>EREA Louis Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>EREA L Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>LES PENNES-MIRABEAU</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
@@ -767,90 +767,90 @@
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>06/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optivalys Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optivalys Formations - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
-  </x:si>
-[...37 lines deleted...]
-    <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
@@ -6856,164 +6856,165 @@
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>565102</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>604197</x:v>
+        <x:v>507657</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>507657</x:v>
+        <x:v>604197</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -7204,400 +7205,398 @@
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>566418</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>196</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>557876</x:v>
+        <x:v>570743</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>557877</x:v>
+        <x:v>557876</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>601041</x:v>
+        <x:v>557877</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>200</x:v>
-[...2 lines deleted...]
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>591823</x:v>
+        <x:v>601041</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>564808</x:v>
+        <x:v>591823</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>200</x:v>
-[...2 lines deleted...]
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>570743</x:v>
+        <x:v>564808</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>47</x:v>
@@ -7608,117 +7607,117 @@
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>553271</x:v>
+        <x:v>604813</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>604813</x:v>
+        <x:v>501713</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>47</x:v>
@@ -7729,57 +7728,57 @@
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>501713</x:v>
+        <x:v>553272</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7789,118 +7788,118 @@
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>553272</x:v>
+        <x:v>604812</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>604812</x:v>
+        <x:v>553271</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -8229,72 +8228,72 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>569971</x:v>
+        <x:v>572857</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -8304,565 +8303,565 @@
       <x:c r="K114" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>569972</x:v>
+        <x:v>609634</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
+      <x:c r="E115" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>572857</x:v>
+        <x:v>602696</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>609634</x:v>
+        <x:v>602691</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>602696</x:v>
+        <x:v>577268</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>602691</x:v>
+        <x:v>583316</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>577268</x:v>
+        <x:v>598727</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s"/>
+      <x:c r="E120" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>583316</x:v>
+        <x:v>600046</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
+      <x:c r="E121" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>598727</x:v>
+        <x:v>600044</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>600046</x:v>
+        <x:v>569971</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
-      <x:c r="E123" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>600044</x:v>
+        <x:v>569972</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="U123" s="4" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -8877,51 +8876,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>566635</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -9446,51 +9445,51 @@
       <x:c r="M134" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>552000</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10555,51 +10554,51 @@
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>552987</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>48</x:v>
@@ -10720,51 +10719,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>599535</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>