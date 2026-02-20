--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -3098,763 +3098,763 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>591114</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>585421</x:v>
+        <x:v>610175</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>598493</x:v>
+        <x:v>610198</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>537655</x:v>
+        <x:v>585421</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>585429</x:v>
+        <x:v>598493</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>585435</x:v>
+        <x:v>537655</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>616888</x:v>
+        <x:v>585429</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>610176</x:v>
+        <x:v>585435</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>585410</x:v>
+        <x:v>616888</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>598470</x:v>
+        <x:v>610176</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>598471</x:v>
+        <x:v>585410</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>585436</x:v>
+        <x:v>598470</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>610175</x:v>
+        <x:v>598471</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>610198</x:v>
+        <x:v>585436</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>45</x:v>
       </x:c>