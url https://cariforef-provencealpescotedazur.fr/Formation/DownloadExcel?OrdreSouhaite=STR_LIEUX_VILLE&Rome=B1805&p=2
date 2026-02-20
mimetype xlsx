--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -383,78 +383,78 @@
   <x:si>
     <x:t>Modélisme habillement</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la mode - vêtements</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>Elysées Marbeuf Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>DN MADE mention mode</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Côteaux</x:t>
   </x:si>
   <x:si>
-    <x:t>06400</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BTS Métiers de la mode - vêtements</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Métiers de la mode - vêtements</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la mode - vêtements (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Les Coteaux</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant styliste de mode (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Création textile</x:t>
   </x:si>
@@ -2389,555 +2389,556 @@
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>595903</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>36948</x:v>
+        <x:v>36777</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="I25" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="I25" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21752</x:v>
+        <x:v>21783</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
+      <x:c r="R25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="R25" s="0" t="s">
+      <x:c r="S25" s="0" t="n">
+        <x:v>564096</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U25" s="4" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>36777</x:v>
+        <x:v>36948</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="H26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>21783</x:v>
+        <x:v>21752</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>606293</x:v>
+        <x:v>595574</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36777</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21783</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="R27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>564096</x:v>
+        <x:v>606293</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37930</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21783</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>509797</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36777</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21783</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>556481</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>36777</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21783</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>564138</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36777</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="I31" s="4" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>21783</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
+      <x:c r="R31" s="0" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>595901</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36777</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21783</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>556590</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36777</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>21783</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>608164</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -3592,51 +3593,51 @@
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>21796</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>592552</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39353</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>147</x:v>
@@ -3778,51 +3779,51 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>592128</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36948</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>21752</x:v>
@@ -3954,73 +3955,73 @@
         <x:v>595902</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>596487</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38783</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
@@ -4117,72 +4118,72 @@
         <x:v>173</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>555285</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21775</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>596495</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>