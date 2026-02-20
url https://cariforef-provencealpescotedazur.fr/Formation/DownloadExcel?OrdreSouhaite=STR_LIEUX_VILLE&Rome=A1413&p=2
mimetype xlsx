--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -362,75 +362,75 @@
   <x:si>
     <x:t>Lycée Professionnel Agricole</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Richerenches</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>RICHERENCHES</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
-    <x:t>07/05/2026 00:00:00</x:t>
+    <x:t>Campus Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2419,57 +2419,57 @@
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>496362</x:v>
+        <x:v>549820</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2540,57 +2540,57 @@
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>549820</x:v>
+        <x:v>496362</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2908,325 +2908,327 @@
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>518816</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>596666</x:v>
+        <x:v>518815</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>518815</x:v>
+        <x:v>596666</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="R37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="R37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>611643</x:v>
+        <x:v>596664</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="R38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>611642</x:v>
+        <x:v>611643</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="R39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>596664</x:v>
+        <x:v>611642</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 