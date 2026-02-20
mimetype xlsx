--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -233,101 +233,101 @@
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13630</x:t>
   </x:si>
   <x:si>
     <x:t>Élevage éducation canin félin</x:t>
   </x:si>
   <x:si>
     <x:t>EYRAGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Bac pro conduite et gestion d'une entreprise du secteur canin et félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educateur canin spécialisé au comportement, à la médiation et à la législation des chiens de catégorie</x:t>
   </x:si>
   <x:si>
     <x:t>Fidèle Instinct</x:t>
   </x:si>
   <x:si>
     <x:t>06450</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Maître-chien</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
@@ -335,77 +335,77 @@
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
+    <x:t>CESU application de procédures en expérimentation animale - Niveau A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expérimentation animale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CESU Niveau B : Conception de  procédures expérimentales chez le rongeur</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Massage félin</x:t>
   </x:si>
   <x:si>
     <x:t>Hélène Mouls - Canis Wellness</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
@@ -599,54 +599,54 @@
   <x:si>
     <x:t>Elevage canin</x:t>
   </x:si>
   <x:si>
     <x:t>Elevage félin</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educateur comportementaliste canin</x:t>
   </x:si>
   <x:si>
     <x:t>Soigneur animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Massage canin et félin</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant en médiation animale</x:t>
   </x:si>
   <x:si>
     <x:t>Comportementaliste animalier</x:t>
   </x:si>
   <x:si>
+    <x:t>02/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Élevage canin et félin</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers Secours chiens et chats</x:t>
   </x:si>
   <x:si>
     <x:t>Education Canine Trets</x:t>
   </x:si>
   <x:si>
     <x:t>ECT</x:t>
   </x:si>
   <x:si>
     <x:t>83119</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -1470,51 +1470,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>598830</x:v>
+        <x:v>573915</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -1527,51 +1527,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>573915</x:v>
+        <x:v>598830</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>24</x:v>
@@ -1717,163 +1717,161 @@
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>506306</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
-      <x:c r="E11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="H11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>607245</x:v>
+        <x:v>597550</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s"/>
+      <x:c r="E12" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>597550</x:v>
+        <x:v>607245</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -1886,51 +1884,51 @@
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>607244</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>14039</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>63</x:v>
@@ -2060,100 +2058,100 @@
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>605894</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>589576</x:v>
+        <x:v>589575</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -2161,54 +2159,54 @@
       <x:c r="K18" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>589575</x:v>
+        <x:v>589576</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>77</x:v>
@@ -4034,145 +4032,145 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>564278</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>42002</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>521301</x:v>
+        <x:v>527366</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>527366</x:v>
+        <x:v>521301</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>77</x:v>