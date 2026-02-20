--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -254,80 +254,80 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Élevage éducation canin félin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EYRAGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin</x:t>
   </x:si>
   <x:si>
-    <x:t>MFR</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Bac pro conduite et gestion d'une entreprise du secteur canin et félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educateur canin spécialisé au comportement, à la médiation et à la législation des chiens de catégorie</x:t>
   </x:si>
   <x:si>
     <x:t>Fidèle Instinct</x:t>
   </x:si>
   <x:si>
     <x:t>06450</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Maître-chien</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
@@ -524,102 +524,102 @@
   <x:si>
     <x:t>03/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/13/2026 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>11/14/2026 00:00:00</x:t>
+    <x:t>Educateur canin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoopro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Elevage canin</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Educateur canin</x:t>
   </x:si>
   <x:si>
     <x:t>Elevage félin</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educateur comportementaliste canin</x:t>
   </x:si>
   <x:si>
     <x:t>Soigneur animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Massage canin et félin</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant en médiation animale</x:t>
   </x:si>
   <x:si>
     <x:t>Comportementaliste animalier</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
@@ -1656,336 +1656,336 @@
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>599777</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
-      <x:c r="E10" s="14" t="s"/>
+      <x:c r="E10" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="H10" s="14" t="s"/>
+      <x:c r="H10" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="I10" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>597550</x:v>
+        <x:v>506306</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="P11" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>506306</x:v>
+        <x:v>607245</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="P12" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="P12" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>607245</x:v>
+        <x:v>597550</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="P13" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>607244</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>14039</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="P14" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="P14" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>446022</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>76</x:v>
@@ -2007,104 +2007,104 @@
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>599726</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>605894</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
@@ -2387,100 +2387,100 @@
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>595476</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
@@ -2575,51 +2575,51 @@
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>614013</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
@@ -2627,51 +2627,51 @@
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>614014</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
@@ -2698,186 +2698,186 @@
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>592948</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>595477</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>564085</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>606597</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
@@ -2886,51 +2886,51 @@
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>606600</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
@@ -3037,51 +3037,51 @@
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>606598</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
@@ -3090,712 +3090,712 @@
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>606602</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>606608</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>599874</x:v>
+        <x:v>606601</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>599885</x:v>
+        <x:v>599874</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>599878</x:v>
+        <x:v>599885</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="U40" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>599883</x:v>
+        <x:v>606603</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>599888</x:v>
+        <x:v>606606</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>42002</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>606605</x:v>
+        <x:v>599878</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>42002</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>606601</x:v>
+        <x:v>599883</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>42002</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>606603</x:v>
+        <x:v>599888</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>606606</x:v>
+        <x:v>606605</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>564317</x:v>
+        <x:v>564282</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>564282</x:v>
+        <x:v>564317</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>521278</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -3955,51 +3955,51 @@
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>564295</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
@@ -4008,51 +4008,51 @@
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>564278</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -4110,51 +4110,51 @@
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>521301</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">