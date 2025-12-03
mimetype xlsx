--- v0 (2025-12-03)
+++ v1 (2025-12-03)
@@ -896,86 +896,86 @@
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/01/2025 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Groupe Belmont (Anciennement ERUDIS FORMATION)</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Municipal de Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien performance industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
@@ -1007,54 +1007,54 @@
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial univers jardins et animaux de compagnie (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2024 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable des opérations logistiques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
@@ -2315,54 +2315,54 @@
       <x:c r="K10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>607412</x:v>
+        <x:v>553792</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -2372,54 +2372,54 @@
       <x:c r="K11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>553792</x:v>
+        <x:v>607412</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
@@ -3743,114 +3743,114 @@
       <x:c r="K34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>505982</x:v>
+        <x:v>550661</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>550661</x:v>
+        <x:v>505982</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -4390,57 +4390,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>547708</x:v>
+        <x:v>541264</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>126</x:v>
@@ -4451,57 +4451,57 @@
       <x:c r="K46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>541264</x:v>
+        <x:v>547708</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -4986,98 +4986,98 @@
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>605844</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>605849</x:v>
+        <x:v>605931</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -5093,118 +5093,118 @@
       <x:c r="K57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>496477</x:v>
+        <x:v>605849</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>605931</x:v>
+        <x:v>496477</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -5975,57 +5975,57 @@
       <x:c r="K72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>556330</x:v>
+        <x:v>605989</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -6035,57 +6035,57 @@
       <x:c r="K73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>605989</x:v>
+        <x:v>556330</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>122</x:v>
@@ -6507,148 +6507,148 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>592329</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>40687</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>592326</x:v>
+        <x:v>594193</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>594193</x:v>
+        <x:v>592326</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
@@ -6901,279 +6901,279 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>496610</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>605842</x:v>
+        <x:v>549875</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>605841</x:v>
+        <x:v>549878</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>549875</x:v>
+        <x:v>496474</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>549878</x:v>
+        <x:v>549874</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -7189,57 +7189,57 @@
       <x:c r="K93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>549874</x:v>
+        <x:v>496475</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>146</x:v>
@@ -7250,535 +7250,535 @@
       <x:c r="K94" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>496474</x:v>
+        <x:v>549873</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>496475</x:v>
+        <x:v>496609</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>549873</x:v>
+        <x:v>496605</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>496609</x:v>
+        <x:v>549858</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>496605</x:v>
+        <x:v>605846</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>549858</x:v>
+        <x:v>549877</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>605846</x:v>
+        <x:v>605850</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>549877</x:v>
+        <x:v>605841</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>605850</x:v>
+        <x:v>605842</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -9417,54 +9417,54 @@
       <x:c r="J131" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>554000</x:v>
+        <x:v>554780</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
@@ -9476,54 +9476,54 @@
       <x:c r="J132" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>554780</x:v>
+        <x:v>554000</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -11355,953 +11355,953 @@
       <x:c r="K165" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>557323</x:v>
+        <x:v>557327</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>557325</x:v>
+        <x:v>557343</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
+      <x:c r="E167" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>557324</x:v>
+        <x:v>605541</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>557347</x:v>
+        <x:v>557324</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>557349</x:v>
+        <x:v>557347</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>557331</x:v>
+        <x:v>557349</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>557327</x:v>
+        <x:v>557331</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>557343</x:v>
+        <x:v>557334</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>605541</x:v>
+        <x:v>557333</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>557334</x:v>
+        <x:v>557335</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
+      <x:c r="E175" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>557333</x:v>
+        <x:v>605542</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>557335</x:v>
+        <x:v>557590</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>557345</x:v>
+        <x:v>557336</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>557336</x:v>
+        <x:v>557348</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>557348</x:v>
+        <x:v>557323</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U179" s="4" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>605542</x:v>
+        <x:v>557325</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
-      <x:c r="E181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>557590</x:v>
+        <x:v>557345</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -12718,57 +12718,57 @@
       <x:c r="K189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>496476</x:v>
+        <x:v>549876</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>146</x:v>
@@ -12779,173 +12779,172 @@
       <x:c r="K190" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>549876</x:v>
+        <x:v>605847</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
-      <x:c r="E191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>605847</x:v>
+        <x:v>551409</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>255</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s"/>
+      <x:c r="E192" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>551409</x:v>
+        <x:v>496476</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -13140,57 +13139,57 @@
       <x:c r="K196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>504426</x:v>
+        <x:v>607719</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="U196" s="16" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -13200,57 +13199,57 @@
       <x:c r="K197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>607719</x:v>
+        <x:v>504426</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>243</x:v>
@@ -13903,57 +13902,57 @@
       <x:c r="K209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
@@ -13962,114 +13961,114 @@
       <x:c r="K210" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -14078,57 +14077,57 @@
       <x:c r="K212" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -14194,114 +14193,114 @@
       <x:c r="K214" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>544551</x:v>
+        <x:v>581830</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>581830</x:v>
+        <x:v>552775</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
@@ -14310,57 +14309,57 @@
       <x:c r="K216" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>552775</x:v>
+        <x:v>544551</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -14426,114 +14425,114 @@
       <x:c r="K218" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>581823</x:v>
+        <x:v>524759</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>579146</x:v>
+        <x:v>544536</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
@@ -14542,114 +14541,114 @@
       <x:c r="K220" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>581824</x:v>
+        <x:v>552747</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>524759</x:v>
+        <x:v>581823</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -14658,114 +14657,114 @@
       <x:c r="K222" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>544536</x:v>
+        <x:v>579146</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>552747</x:v>
+        <x:v>581824</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
@@ -16121,96 +16120,96 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>548926</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>548968</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -16223,57 +16222,57 @@
       <x:c r="K249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
@@ -16282,173 +16281,173 @@
       <x:c r="K250" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>548968</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -16684,524 +16683,524 @@
       <x:c r="J257" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>603250</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>603250</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>603250</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>603250</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>38945</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>602989</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>602989</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
@@ -17439,233 +17438,233 @@
       <x:c r="J270" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>603250</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>603250</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>603250</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>603250</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
@@ -17861,96 +17860,96 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>603250</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>602993</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -17960,461 +17959,461 @@
       <x:c r="J279" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>603253</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>603253</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>602934</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>603253</x:v>
+        <x:v>602993</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -18441,682 +18440,682 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>603253</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>38945</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>602921</x:v>
+        <x:v>603253</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>602939</x:v>
+        <x:v>602934</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>548995</x:v>
+        <x:v>603253</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>602924</x:v>
+        <x:v>603253</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>602937</x:v>
+        <x:v>602921</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>548969</x:v>
+        <x:v>602939</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>535151</x:v>
+        <x:v>548995</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>602924</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>602937</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>548969</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>535151</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -19355,57 +19354,57 @@
       <x:c r="K303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
@@ -19414,114 +19413,114 @@
       <x:c r="K304" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
@@ -19530,57 +19529,57 @@
       <x:c r="K306" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -19819,57 +19818,57 @@
       <x:c r="K311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
@@ -19878,114 +19877,114 @@
       <x:c r="K312" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
@@ -19994,114 +19993,114 @@
       <x:c r="K314" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
@@ -20110,114 +20109,114 @@
       <x:c r="K316" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
@@ -20226,114 +20225,114 @@
       <x:c r="K318" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -20342,114 +20341,114 @@
       <x:c r="K320" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
@@ -20458,114 +20457,114 @@
       <x:c r="K322" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
@@ -20574,114 +20573,114 @@
       <x:c r="K324" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
@@ -20690,459 +20689,459 @@
       <x:c r="K326" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>38945</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>548964</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>548970</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>38945</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>602919</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>548964</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>548970</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>602919</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
@@ -21341,159 +21340,159 @@
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>548929</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>602936</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
@@ -21502,167 +21501,167 @@
       <x:c r="K340" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>603248</x:v>
+        <x:v>602936</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -22916,94 +22915,94 @@
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>583953</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>38302</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>499803</x:v>
+        <x:v>499806</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>339</x:v>
@@ -23148,156 +23147,156 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>499806</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>499806</x:v>
+        <x:v>499803</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>548991</x:v>
+        <x:v>499806</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -23437,99 +23436,99 @@
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>499806</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>499806</x:v>
+        <x:v>548991</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -24119,57 +24118,57 @@
       <x:c r="K385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
@@ -24178,114 +24177,114 @@
       <x:c r="K386" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
@@ -24294,57 +24293,57 @@
       <x:c r="K388" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -24583,57 +24582,57 @@
       <x:c r="K393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
@@ -24642,114 +24641,114 @@
       <x:c r="K394" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
@@ -24758,114 +24757,114 @@
       <x:c r="K396" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
@@ -24874,114 +24873,114 @@
       <x:c r="K398" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
@@ -24990,57 +24989,57 @@
       <x:c r="K400" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -25511,57 +25510,57 @@
       <x:c r="K409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
@@ -25570,114 +25569,114 @@
       <x:c r="K410" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
@@ -25686,114 +25685,114 @@
       <x:c r="K412" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
@@ -25802,114 +25801,114 @@
       <x:c r="K414" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
@@ -25918,114 +25917,114 @@
       <x:c r="K416" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
@@ -26034,114 +26033,114 @@
       <x:c r="K418" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
@@ -26150,57 +26149,57 @@
       <x:c r="K420" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -26439,57 +26438,57 @@
       <x:c r="K425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
@@ -26498,114 +26497,114 @@
       <x:c r="K426" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
@@ -26614,57 +26613,57 @@
       <x:c r="K428" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -26903,57 +26902,57 @@
       <x:c r="K433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
@@ -26962,114 +26961,114 @@
       <x:c r="K434" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
@@ -27078,114 +27077,114 @@
       <x:c r="K436" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
@@ -27194,114 +27193,114 @@
       <x:c r="K438" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
@@ -27310,114 +27309,114 @@
       <x:c r="K440" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
@@ -27426,114 +27425,114 @@
       <x:c r="K442" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
@@ -27542,57 +27541,57 @@
       <x:c r="K444" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -27831,57 +27830,57 @@
       <x:c r="K449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
@@ -27890,114 +27889,114 @@
       <x:c r="K450" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
@@ -28006,230 +28005,230 @@
       <x:c r="K452" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548993</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548966</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
@@ -28238,114 +28237,114 @@
       <x:c r="K456" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
@@ -28354,283 +28353,283 @@
       <x:c r="K458" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>499834</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>602928</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>548993</x:v>
+        <x:v>602938</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>548966</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -28832,216 +28831,216 @@
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>548933</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>499834</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>602928</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>602938</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
@@ -29469,102 +29468,102 @@
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>548927</x:v>
+        <x:v>548961</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -29701,102 +29700,102 @@
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>38945</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>548961</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -31022,114 +31021,114 @@
       <x:c r="K504" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>602926</x:v>
+        <x:v>548989</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>548989</x:v>
+        <x:v>602926</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>174</x:v>