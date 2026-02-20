--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -3078,192 +3078,192 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>592581</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592953</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>592911</x:v>
+        <x:v>592953</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>594658</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>38</x:v>