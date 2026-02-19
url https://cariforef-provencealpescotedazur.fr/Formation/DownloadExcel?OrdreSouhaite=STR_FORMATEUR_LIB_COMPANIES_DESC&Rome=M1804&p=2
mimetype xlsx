--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -2050,161 +2050,163 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>554884</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>38687</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>24354</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>591876</x:v>
+        <x:v>603428</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>603428</x:v>
+        <x:v>591876</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>