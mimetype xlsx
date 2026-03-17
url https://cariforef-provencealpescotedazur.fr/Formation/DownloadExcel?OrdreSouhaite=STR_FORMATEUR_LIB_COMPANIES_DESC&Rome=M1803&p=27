--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -512,92 +512,92 @@
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor 2 3D, Animation, Jeu Vidéo et Industries du futur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite projet numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Sophia Ynov Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Bachelor 2 3D, Animation, Jeu Vidéo et Industries du futur</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Chef de projet multimédia (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Création graphique</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en architecture des systèmes d’information</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ingénieur systèmes, réseaux et cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
@@ -641,83 +641,83 @@
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion de projet agile - Scrum et Kanban pour les chefs de projet</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>No-Code Operator - Améliorer la productivité de votre organisation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel gestion contenu entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Openclassrooms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse de données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie et science des données</x:t>
   </x:si>
   <x:si>
-    <x:t>Openclassrooms</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>03/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de programmes et projets SI (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Système information</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Introduction HTML, CSS et JavaScript - bootcamp</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
@@ -848,113 +848,113 @@
   <x:si>
     <x:t>Création de maquette multi - plateformes avec Figma</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les nouveaux technologies</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation sécurité informatique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Sciences-U Lyon</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation sécurité informatique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en ingénierie informatique spécialisation ingénierie mobile et objets connectés (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2025 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie du web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills</x:t>
@@ -1100,71 +1100,71 @@
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor information technologique - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Alpes Maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
+    <x:t>Saas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kh Europe Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture système information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administrateur réseau</x:t>
   </x:si>
   <x:si>
-    <x:t>Kh Europe Formation</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur informatique et numérique </x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. réseaux et télécommunications navales (Maritime Telecommunication Networks)</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur business, économie et numérique </x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
@@ -1184,56 +1184,56 @@
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet système d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Ingénierie Informatique et Management</x:t>
   </x:si>
   <x:si>
     <x:t>4IM</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Igpepm - Groupe Eductive</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
@@ -1244,68 +1244,68 @@
   <x:si>
     <x:t>08/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intégration continue</x:t>
   </x:si>
   <x:si>
     <x:t>G-Sys</x:t>
   </x:si>
   <x:si>
     <x:t>13590</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administration Systèmes Microsoft</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Administrateur Système Linux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Linux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dessinateur projeteur nucléaire</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur Système Linux Red Hat</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Administrateur Système Linux</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère Européen Informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé d'Eurecom</x:t>
   </x:si>
   <x:si>
     <x:t>EURECOM</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur spécialisé en sécurité pour les systèmes informatiques et les communications, diplômé d'Eurecom</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
@@ -1580,62 +1580,62 @@
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en architecture et applications logicielles des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation CentraleDigitalLab</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
@@ -1661,68 +1661,68 @@
   <x:si>
     <x:t>Manager de projets informatiques spécialité expert IT application intelligente et big data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert cyber sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Ynov Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administrateur de systèmes d'information (cyber) - 1ère année</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Ynov Campus</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert informatique et systèmes d'information spécialisation expert cyber sécurité (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
@@ -1751,72 +1751,72 @@
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention informatique parcours science et ingénierie des données</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours Ingénierie du développement logiciel parcours ingénierie du développement logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -4366,326 +4366,325 @@
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>605066</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="J39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>549713</x:v>
+        <x:v>581270</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="C40" s="15" t="s"/>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="J40" s="14" t="s"/>
+      <x:c r="J40" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>46339</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>581270</x:v>
+        <x:v>606190</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>35582</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>448038</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>35582</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>448036</x:v>
+        <x:v>448038</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
+      <x:c r="E43" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>606190</x:v>
+        <x:v>448036</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38105</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -4813,51 +4812,51 @@
       <x:c r="L46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -5543,479 +5542,479 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>568027</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>568024</x:v>
+        <x:v>568786</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>72254</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>568152</x:v>
+        <x:v>568783</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>568783</x:v>
+        <x:v>568787</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>568787</x:v>
+        <x:v>568024</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>72254</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>568786</x:v>
+        <x:v>568152</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>610847</x:v>
+        <x:v>615664</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>615664</x:v>
+        <x:v>615687</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="U67" s="4" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>615687</x:v>
+        <x:v>610847</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
@@ -6028,51 +6027,51 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>578624</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6133,51 +6132,51 @@
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>615679</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -6199,51 +6198,51 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>578582</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
@@ -6256,51 +6255,51 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6427,193 +6426,193 @@
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>578612</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>578622</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>615689</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>584952</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
@@ -6654,253 +6653,253 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>578575</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>615688</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>578623</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>578567</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
@@ -7371,51 +7370,51 @@
       <x:c r="L93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>578314</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
@@ -7526,51 +7525,51 @@
       <x:c r="L96" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>576520</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>58</x:v>
@@ -7628,224 +7627,224 @@
       <x:c r="L98" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>577818</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>535023</x:v>
+        <x:v>550746</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>608603</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>550734</x:v>
+        <x:v>608603</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
@@ -7860,54 +7859,54 @@
       <x:c r="L102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -7917,1095 +7916,1096 @@
       <x:c r="L103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>534941</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>550746</x:v>
+        <x:v>550738</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>550738</x:v>
+        <x:v>551046</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>551046</x:v>
+        <x:v>550737</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>550737</x:v>
+        <x:v>550955</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>550955</x:v>
+        <x:v>535092</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>535092</x:v>
+        <x:v>535027</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>535027</x:v>
+        <x:v>535085</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>535085</x:v>
+        <x:v>551041</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>551041</x:v>
+        <x:v>544832</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>34568</x:v>
+        <x:v>34394</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
+      <x:c r="E113" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>46301</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>544832</x:v>
+        <x:v>534875</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>34394</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>46301</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>534875</x:v>
+        <x:v>534966</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>534966</x:v>
+        <x:v>535025</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>535025</x:v>
+        <x:v>550915</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>36469</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>550915</x:v>
+        <x:v>550917</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>36469</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>31010</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>550917</x:v>
+        <x:v>534968</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>534968</x:v>
+        <x:v>550733</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>550733</x:v>
+        <x:v>550734</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>607746</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
@@ -9479,139 +9479,139 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>595852</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>592952</x:v>
+        <x:v>592581</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>592581</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>318</x:v>
@@ -10266,122 +10266,122 @@
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>542240</x:v>
+        <x:v>542414</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>31009</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>542414</x:v>
+        <x:v>542240</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>58</x:v>
@@ -11027,1319 +11027,1319 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>546298</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>550910</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>550914</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>611125</x:v>
+        <x:v>550914</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>551039</x:v>
+        <x:v>611125</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>550953</x:v>
+        <x:v>534965</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>534965</x:v>
+        <x:v>534939</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>550732</x:v>
+        <x:v>550953</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>37843</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>550743</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>34568</x:v>
+        <x:v>37843</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>534939</x:v>
+        <x:v>550743</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>535083</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>550735</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>534969</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>535024</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>535038</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>550736</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>535026</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>534967</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>535090</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>550731</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>550745</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>551044</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12405,51 +12405,51 @@
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>608953</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -12578,51 +12578,51 @@
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>608954</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -12765,171 +12765,171 @@
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>588346</x:v>
+        <x:v>598662</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>557983</x:v>
+        <x:v>588346</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>598662</x:v>
+        <x:v>557983</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
@@ -13163,51 +13163,51 @@
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>602647</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -13220,51 +13220,51 @@
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>602648</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -13504,51 +13504,51 @@
       <x:c r="M204" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35568</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -13819,51 +13819,51 @@
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>620383</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
@@ -14015,51 +14015,51 @@
       <x:c r="L213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>568840</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>418</x:v>
@@ -14198,51 +14198,51 @@
       <x:c r="M216" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>616872</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
@@ -14497,51 +14497,51 @@
       <x:c r="L221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>568843</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
@@ -15728,1165 +15728,1165 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>587058</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>586931</x:v>
+        <x:v>586922</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>586934</x:v>
+        <x:v>586926</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>586945</x:v>
+        <x:v>586932</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>586948</x:v>
+        <x:v>586935</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>587050</x:v>
+        <x:v>586938</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>581520</x:v>
+        <x:v>586947</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>587046</x:v>
+        <x:v>586949</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>587055</x:v>
+        <x:v>586954</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>586953</x:v>
+        <x:v>587048</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>586925</x:v>
+        <x:v>586931</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>586937</x:v>
+        <x:v>586934</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>586940</x:v>
+        <x:v>586945</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>586946</x:v>
+        <x:v>586948</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>586922</x:v>
+        <x:v>587050</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>586926</x:v>
+        <x:v>581520</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>586932</x:v>
+        <x:v>587046</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>586935</x:v>
+        <x:v>587055</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>586938</x:v>
+        <x:v>586953</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>586947</x:v>
+        <x:v>586925</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>586949</x:v>
+        <x:v>586937</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>586954</x:v>
+        <x:v>586940</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>587048</x:v>
+        <x:v>586946</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
@@ -17803,51 +17803,51 @@
       <x:c r="K284" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>542186</x:v>
+        <x:v>549330</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
@@ -17860,51 +17860,51 @@
       <x:c r="K285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>549330</x:v>
+        <x:v>542186</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>494</x:v>
@@ -17922,54 +17922,54 @@
       <x:c r="L286" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>542189</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -17979,54 +17979,54 @@
       <x:c r="L287" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>549331</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
@@ -18657,215 +18657,215 @@
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>592284</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="C300" s="15" t="s"/>
+      <x:c r="C300" s="15" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D300" s="15" t="s"/>
-      <x:c r="E300" s="14" t="s"/>
+      <x:c r="E300" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="J300" s="14" t="s"/>
+      <x:c r="J300" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>574568</x:v>
+        <x:v>506859</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>506859</x:v>
+        <x:v>506862</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>535</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
-      <x:c r="E302" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="J302" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>506862</x:v>
+        <x:v>574568</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19047,51 +19047,51 @@
       <x:c r="L306" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>506860</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
@@ -19104,51 +19104,51 @@
       <x:c r="L307" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>506863</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
@@ -19163,54 +19163,54 @@
       <x:c r="L308" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>549752</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -19220,51 +19220,51 @@
       <x:c r="L309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>506864</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
@@ -19336,51 +19336,51 @@
       <x:c r="L311" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>506858</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
@@ -19395,51 +19395,51 @@
       <x:c r="L312" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>506861</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -19452,59 +19452,59 @@
       <x:c r="M313" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>581537</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>35</x:v>
@@ -19566,51 +19566,51 @@
       <x:c r="M315" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>575017</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
@@ -19625,51 +19625,51 @@
       <x:c r="M316" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>581220</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -19682,51 +19682,51 @@
       <x:c r="M317" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>579573</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
@@ -19741,51 +19741,51 @@
       <x:c r="M318" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>579574</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -19798,51 +19798,51 @@
       <x:c r="M319" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>579575</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -19851,114 +19851,114 @@
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>574960</x:v>
+        <x:v>574958</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>574955</x:v>
+        <x:v>574960</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
@@ -19967,114 +19967,114 @@
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>574956</x:v>
+        <x:v>574955</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>574959</x:v>
+        <x:v>574956</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
@@ -20083,114 +20083,114 @@
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>574957</x:v>
+        <x:v>574959</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>574958</x:v>
+        <x:v>574957</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>