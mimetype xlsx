--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -890,65 +890,65 @@
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture web</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie mobile et objets connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie du web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
@@ -1184,54 +1184,54 @@
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet système d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Ingénierie Informatique et Management</x:t>
   </x:si>
   <x:si>
     <x:t>4IM</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
@@ -7813,215 +7813,215 @@
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>608603</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>36469</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>31010</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>534876</x:v>
+        <x:v>550734</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>34568</x:v>
+        <x:v>36469</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>534941</x:v>
+        <x:v>534876</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>550734</x:v>
+        <x:v>534941</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -8034,51 +8034,51 @@
       <x:c r="M105" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>550738</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -8333,51 +8333,51 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>535027</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>98</x:v>
@@ -8735,84 +8735,84 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>550915</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
@@ -8851,51 +8851,51 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>534968</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -11025,376 +11025,376 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>546298</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>534965</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>551039</x:v>
+        <x:v>550914</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>550910</x:v>
+        <x:v>611125</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>550914</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>611125</x:v>
+        <x:v>534965</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>534939</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
@@ -11407,226 +11407,226 @@
       <x:c r="G167" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>550953</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>550732</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>550743</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>535083</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
@@ -11639,110 +11639,110 @@
       <x:c r="G171" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>550735</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>534969</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
@@ -11755,51 +11755,51 @@
       <x:c r="G173" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>535024</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
@@ -11814,51 +11814,51 @@
         <x:v>260</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>535038</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
@@ -11871,110 +11871,110 @@
       <x:c r="G175" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>550736</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>535026</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
@@ -11987,51 +11987,51 @@
       <x:c r="G177" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>534967</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
@@ -12046,51 +12046,51 @@
         <x:v>260</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
@@ -12103,110 +12103,110 @@
       <x:c r="G179" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>535090</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>550731</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
@@ -12219,51 +12219,51 @@
       <x:c r="G181" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>550745</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
@@ -12278,51 +12278,51 @@
         <x:v>260</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>551044</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
@@ -17789,51 +17789,51 @@
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>549330</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
@@ -17846,51 +17846,51 @@
       <x:c r="E285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>542186</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
@@ -18021,51 +18021,51 @@
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>600220</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">