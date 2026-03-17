--- v0 (2026-03-16)
+++ v1 (2026-03-17)
@@ -314,56 +314,56 @@
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs</x:t>
   </x:si>
   <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'informatique : conception, développement et test de logiciels</x:t>
   </x:si>
   <x:si>
     <x:t>Langages informatiques</x:t>
@@ -512,68 +512,68 @@
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor 2 3D, Animation, Jeu Vidéo et Industries du futur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite projet numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Bachelor 2 3D, Animation, Jeu Vidéo et Industries du futur</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Chef de projet multimédia (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Création graphique</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur systèmes, réseaux et cybersécurité (Apprentissage)</x:t>
@@ -662,107 +662,107 @@
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75001</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse de données</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de programmes et projets SI (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Système information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Introduction HTML, CSS et JavaScript - bootcamp</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/27/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>06/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/16/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Déploiement continu avec Docker &amp; Kubernetes</x:t>
   </x:si>
   <x:si>
     <x:t>Service cloud computing</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/21/2028 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Digital project manager - chef de projet numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de programmes et projets SI</x:t>
   </x:si>
   <x:si>
     <x:t>Product owner</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure des mines de Saint-Étienne de l'institut Mines-Télécom spécialité microélectronique et informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Étienne - campus de Saint-Étienne</x:t>
   </x:si>
   <x:si>
     <x:t>42023</x:t>
   </x:si>
   <x:si>
     <x:t>Microélectronique</x:t>
@@ -803,158 +803,158 @@
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Nice - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Expert en ingénierie des systèmes d'information</x:t>
   </x:si>
   <x:si>
+    <x:t>Création de maquette multi - plateformes avec Figma</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
+    <x:t>Médiation numérique</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
-    <x:t>Création de maquette multi - plateformes avec Figma</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les nouveaux technologies</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation sécurité informatique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion réseau informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Sciences-U Lyon</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie mobile et objets connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2027 00:00:00</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie du web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills</x:t>
@@ -1184,110 +1184,110 @@
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet système d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Ingénierie Informatique et Management</x:t>
   </x:si>
   <x:si>
     <x:t>4IM</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Intégration continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G-Sys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administration Systèmes Microsoft</x:t>
   </x:si>
   <x:si>
-    <x:t>G-Sys</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Intégration continue</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Dessinateur projeteur nucléaire</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur Système Linux Red Hat</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur Système Linux</x:t>
   </x:si>
   <x:si>
     <x:t>Linux</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère Européen Informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Salarié , Tout public</x:t>
@@ -1442,110 +1442,110 @@
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Azure : Initiation et Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager de projets informatiques spécialité cybersécurité et haute disponibilité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de projets informatiques spécialité applications intelligentes et big data (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>10/10/2024 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Agile Scrum Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet Web : Conduite de projet Web + Ergonomie de Sites Web</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Développeur PHP Fullstack</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administrateur Support</x:t>
   </x:si>
   <x:si>
-    <x:t>Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Développeur PHP Fullstack</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Kubernetes : initiation + approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel open source</x:t>
   </x:si>
   <x:si>
     <x:t>SCRUM : PSM II (Professional Scrum Master)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé du CESI spécialité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus de Paris Nanterre</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
@@ -1679,60 +1679,60 @@
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur de systèmes d'information (cyber) - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cyber sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2023 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation Game Designer et Game Programmer (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement logiciel, mobile et loT (Apprentissage)</x:t>
   </x:si>
@@ -3095,165 +3095,165 @@
       <x:c r="I15" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>596792</x:v>
+        <x:v>596793</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>596793</x:v>
+        <x:v>596792</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>592085</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
@@ -4366,150 +4366,148 @@
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>605066</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="J39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>549713</x:v>
+        <x:v>581270</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="C40" s="15" t="s"/>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s"/>
+      <x:c r="E40" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="J40" s="14" t="s"/>
+      <x:c r="J40" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>46339</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>581270</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35582</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -4813,51 +4811,51 @@
       <x:c r="L46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -5441,346 +5439,346 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>568782</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>568024</x:v>
+        <x:v>568784</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>72254</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>568152</x:v>
+        <x:v>568027</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>568783</x:v>
+        <x:v>568024</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>72254</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>568787</x:v>
+        <x:v>568152</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>568784</x:v>
+        <x:v>568783</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>31024</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>568027</x:v>
+        <x:v>568787</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
@@ -5844,774 +5842,776 @@
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C67" s="3" t="s"/>
+      <x:c r="C67" s="3" t="n">
+        <x:v>39775</x:v>
+      </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>578582</x:v>
+        <x:v>615664</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>578626</x:v>
+        <x:v>615687</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>578627</x:v>
+        <x:v>578624</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>38599</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>578576</x:v>
+        <x:v>578625</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="C71" s="3" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="n">
+        <x:v>38599</x:v>
+      </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>72310</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>578612</x:v>
+        <x:v>615679</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="J72" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>578622</x:v>
+        <x:v>578582</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>615689</x:v>
+        <x:v>578626</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>615664</x:v>
+        <x:v>578627</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>39775</x:v>
+        <x:v>38599</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>615687</x:v>
+        <x:v>578576</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="J76" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>72310</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>578624</x:v>
+        <x:v>578612</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>578625</x:v>
+        <x:v>578622</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38599</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>615679</x:v>
+        <x:v>615689</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>584952</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
@@ -6626,69 +6626,69 @@
       <x:c r="G80" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>578575</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6698,207 +6698,207 @@
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>615688</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>578623</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>578567</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
@@ -6926,51 +6926,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24326</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>595616</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G86" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>231</x:v>
@@ -7047,255 +7047,255 @@
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>588341</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s"/>
+      <x:c r="E88" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>598490</x:v>
+        <x:v>614355</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>598491</x:v>
+        <x:v>598490</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>614355</x:v>
+        <x:v>598491</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>589941</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
@@ -7308,1223 +7308,1223 @@
         <x:v>239</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>589942</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>578314</x:v>
+        <x:v>576520</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="P94" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="Q94" s="16" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="R94" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="P94" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>576522</x:v>
+        <x:v>578314</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="P95" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="Q95" s="4" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="R95" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="P95" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>576524</x:v>
+        <x:v>576522</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="P96" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="Q96" s="16" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="R96" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="P96" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>576520</x:v>
+        <x:v>576524</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="P97" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="Q97" s="4" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="R97" s="0" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>576521</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="P98" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="Q98" s="16" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="R98" s="14" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>577818</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="P99" s="0" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>550737</x:v>
+        <x:v>550746</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U99" s="4" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="P100" s="14" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>550738</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>551046</x:v>
+        <x:v>608603</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>550746</x:v>
+        <x:v>550734</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>36469</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>535023</x:v>
+        <x:v>534876</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="P104" s="14" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>608603</x:v>
+        <x:v>534941</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>36469</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>31010</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>534876</x:v>
+        <x:v>550738</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>34568</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>534941</x:v>
+        <x:v>551046</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="P107" s="0" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>550734</x:v>
+        <x:v>550737</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>535027</x:v>
+        <x:v>550955</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="P109" s="0" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>535092</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="P110" s="14" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>535085</x:v>
+        <x:v>535027</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>550955</x:v>
+        <x:v>535085</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="U111" s="4" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>551041</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U112" s="16" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>544832</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
@@ -8539,471 +8539,471 @@
         <x:v>260</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>534875</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>534966</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>535025</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>550915</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U117" s="4" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U118" s="16" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>534968</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="P120" s="14" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>550733</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>607746</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
@@ -9885,139 +9885,139 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>592938</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>595853</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>595853</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>330</x:v>
@@ -10636,51 +10636,51 @@
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>523237</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
@@ -10696,51 +10696,51 @@
       <x:c r="G155" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
@@ -10757,51 +10757,51 @@
       <x:c r="G156" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
@@ -10817,51 +10817,51 @@
       <x:c r="G157" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
@@ -10878,51 +10878,51 @@
       <x:c r="G158" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>546300</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
@@ -10938,51 +10938,51 @@
       <x:c r="G159" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>600355</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
@@ -10999,1345 +10999,1345 @@
       <x:c r="G160" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>546298</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>551039</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U161" s="4" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>550910</x:v>
+        <x:v>550914</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U162" s="16" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>550914</x:v>
+        <x:v>611125</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>611125</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>534965</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>535083</x:v>
+        <x:v>534939</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>34568</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>534939</x:v>
+        <x:v>550953</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>550953</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37843</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>550732</x:v>
+        <x:v>550743</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U169" s="4" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>37843</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>550743</x:v>
+        <x:v>535083</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="U170" s="16" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>550735</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>534969</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>535024</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>535038</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>550736</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>535026</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>534967</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>535090</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>550731</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>550745</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U181" s="4" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>551044</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U182" s="16" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12403,51 +12403,51 @@
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>608953</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -12457,54 +12457,54 @@
       <x:c r="K185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>608954</x:v>
+        <x:v>553421</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
@@ -12516,318 +12516,319 @@
       <x:c r="K186" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>553421</x:v>
+        <x:v>553420</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
+      <x:c r="E187" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>587125</x:v>
+        <x:v>608954</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
-      <x:c r="E188" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>553420</x:v>
+        <x:v>587125</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>617896</x:v>
+        <x:v>583375</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>583375</x:v>
+        <x:v>617896</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>588346</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
@@ -12976,51 +12977,51 @@
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>516303</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
@@ -13029,51 +13030,51 @@
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>531243</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
@@ -13160,167 +13161,168 @@
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>602647</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
+      <x:c r="E199" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>558884</x:v>
+        <x:v>602648</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>602648</x:v>
+        <x:v>558884</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38656</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -13330,51 +13332,51 @@
       <x:c r="M201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>596436</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -13464,75 +13466,75 @@
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>34408</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35568</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
@@ -13554,51 +13556,51 @@
       <x:c r="M205" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>595930</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37985</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -13815,69 +13817,69 @@
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>620383</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
@@ -13954,51 +13956,51 @@
       <x:c r="M212" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>620809</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
@@ -14011,51 +14013,51 @@
       <x:c r="L213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>568840</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>418</x:v>
@@ -14176,51 +14178,51 @@
       <x:c r="G216" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>616872</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
@@ -14315,93 +14317,93 @@
       <x:c r="M218" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>620811</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38436</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>568847</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
@@ -14418,51 +14420,51 @@
       <x:c r="G220" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>620814</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
@@ -14493,51 +14495,51 @@
       <x:c r="L221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>568843</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
@@ -14886,51 +14888,51 @@
       <x:c r="K228" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>497528</x:v>
+        <x:v>497532</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
@@ -14943,51 +14945,51 @@
       <x:c r="K229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>497532</x:v>
+        <x:v>497528</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>454</x:v>
@@ -15098,616 +15100,616 @@
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>586933</x:v>
+        <x:v>586923</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>586950</x:v>
+        <x:v>586936</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>581518</x:v>
+        <x:v>586939</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>581523</x:v>
+        <x:v>586942</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>586923</x:v>
+        <x:v>587051</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>586936</x:v>
+        <x:v>587053</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>586939</x:v>
+        <x:v>581518</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>586942</x:v>
+        <x:v>581523</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>587051</x:v>
+        <x:v>586933</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="U240" s="16" t="s">
         <x:v>475</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>587053</x:v>
+        <x:v>586950</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>586941</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>587054</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
@@ -15716,516 +15718,516 @@
       <x:c r="M244" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>587058</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>587055</x:v>
+        <x:v>586931</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="U245" s="4" t="s">
         <x:v>475</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>586931</x:v>
+        <x:v>586934</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>586934</x:v>
+        <x:v>586945</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>586945</x:v>
+        <x:v>586948</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>586948</x:v>
+        <x:v>587050</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>587050</x:v>
+        <x:v>581520</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>581520</x:v>
+        <x:v>587046</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>587046</x:v>
+        <x:v>587055</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>586953</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
@@ -16234,406 +16236,406 @@
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>586925</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>586937</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>586940</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>586946</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>586922</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>586926</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>586932</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>586935</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
@@ -16642,191 +16644,191 @@
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>586938</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>586947</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>586949</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>586954</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
@@ -16838,51 +16840,51 @@
       <x:c r="M266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>587048</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
@@ -16895,51 +16897,51 @@
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>581522</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -17105,51 +17107,51 @@
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>505588</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -17414,51 +17416,51 @@
       <x:c r="M277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>592577</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
@@ -17573,51 +17575,51 @@
       <x:c r="M280" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>592576</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -17787,51 +17789,51 @@
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>549330</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
@@ -17844,51 +17846,51 @@
       <x:c r="E285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>542186</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
@@ -17915,155 +17917,155 @@
       <x:c r="K286" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>549331</x:v>
+        <x:v>542189</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>542189</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>600220</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
@@ -18822,103 +18824,100 @@
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>506862</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
-      <x:c r="E303" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>506857</x:v>
+        <x:v>556098</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -18936,100 +18935,103 @@
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>606189</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
+      <x:c r="E305" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>556098</x:v>
+        <x:v>506857</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
@@ -19214,54 +19216,54 @@
       <x:c r="L309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>549752</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
@@ -19457,51 +19459,51 @@
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>506861</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>35</x:v>