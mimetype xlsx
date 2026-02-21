--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -716,158 +716,158 @@
   <x:si>
     <x:t>Expert en transformation digitale et technologique no code spécialisation transformation digitale et IA en communication d'influence (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en transformation digitale et technologique no code spécialisation transformation digitale et IA en stratégie marketing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Skema programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise internationale</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'études spécialisées en management international</x:t>
+  </x:si>
+  <x:si>
     <x:t>SKEMA BS</x:t>
   </x:si>
   <x:si>
     <x:t>06902</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme d'études spécialisées en management international</x:t>
+    <x:t>Coach professionnel blocs de compétences BC02 - BC03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serenity Institut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coach professionnel bloc de compétences 3 Élaboration et animation d'une action de formation sur mesure pour compléter et optimiser sa prestation de coaching individuel ou collectif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coach professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coach professionnel bloc de compétences 4 Création, gestion et développement de son activité de Coach Professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel BC04 Structurer et développer son activité de Coach Professionnel</x:t>
   </x:si>
   <x:si>
-    <x:t>Serenity Institut</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/21/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Coach professionnel BC02 Conduire une prestation complète de coaching individuel ou collectif</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coach professionnel</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Coach professionnel BC03 Concevoir et animer une formation pour élargir et compléter une prestation de coaching</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel BC01 Évaluer la demande du client et formaliser les objectifs de coaching dans le contrat de prestation</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre et mettre en place une stratégie RSE</x:t>
   </x:si>
   <x:si>
     <x:t>Senza</x:t>
   </x:si>
   <x:si>
     <x:t>34070</x:t>
   </x:si>
   <x:si>
     <x:t>Responsabilité sociétale entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Conduite du changement : démarches et outils</x:t>
   </x:si>
   <x:si>
     <x:t>Prevot Strat et Co</x:t>
   </x:si>
   <x:si>
     <x:t>13230</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite changement</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de système QSE</x:t>
   </x:si>
   <x:si>
     <x:t>Philippe Roux</x:t>
   </x:si>
   <x:si>
     <x:t>83270</x:t>
   </x:si>
   <x:si>
     <x:t>Animation qualité</x:t>
@@ -1256,56 +1256,56 @@
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>IMF RIS</x:t>
   </x:si>
   <x:si>
     <x:t>Travail social en réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale</x:t>
   </x:si>
   <x:si>
-    <x:t>10/15/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (cursus partiel)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
@@ -1631,56 +1631,56 @@
   <x:si>
     <x:t>Formation Boost</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing et stratégie</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
@@ -2282,57 +2282,57 @@
   <x:si>
     <x:t>Conduite changement technologique</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
@@ -7620,598 +7620,598 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>591283</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41056</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>32006</x:v>
+        <x:v>32005</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>592827</x:v>
+        <x:v>592823</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>41056</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>32005</x:v>
+        <x:v>32006</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>592823</x:v>
+        <x:v>592827</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>41347</x:v>
+        <x:v>38005</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>611858</x:v>
+        <x:v>586255</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>41347</x:v>
+        <x:v>38005</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>611861</x:v>
+        <x:v>552906</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>611842</x:v>
+        <x:v>611862</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>41347</x:v>
+        <x:v>38005</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>611862</x:v>
+        <x:v>552907</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38005</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>552907</x:v>
+        <x:v>611858</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38005</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>586255</x:v>
+        <x:v>611861</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38005</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>552906</x:v>
+        <x:v>611842</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>611855</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -8286,51 +8286,51 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>611860</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>32150</x:v>
@@ -8587,153 +8587,153 @@
       <x:c r="K96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>568187</x:v>
+        <x:v>568186</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>568186</x:v>
+        <x:v>568190</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>568190</x:v>
+        <x:v>568187</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>46</x:v>
@@ -9883,108 +9883,108 @@
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>597995</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>536368</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -9994,108 +9994,108 @@
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>597994</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>536366</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -10105,51 +10105,51 @@
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>597996</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10337,51 +10337,51 @@
       <x:c r="J127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>554316</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10396,51 +10396,51 @@
       <x:c r="J128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>603543</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36420</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12934,51 +12934,51 @@
       <x:c r="J173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>521700</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>41449</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
@@ -12993,51 +12993,51 @@
       <x:c r="J174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>604680</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
@@ -13064,221 +13064,221 @@
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>567008</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>567007</x:v>
+        <x:v>616995</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>616995</x:v>
+        <x:v>616994</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>616994</x:v>
+        <x:v>567007</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -13358,51 +13358,51 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>567005</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
@@ -13415,51 +13415,51 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>567002</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -14421,164 +14421,164 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>549108</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>37635</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>557249</x:v>
+        <x:v>609845</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>37635</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>609845</x:v>
+        <x:v>557249</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40353</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -14596,51 +14596,51 @@
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>615882</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
@@ -14653,51 +14653,51 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>592293</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44056</x:v>
@@ -15097,51 +15097,51 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>537652</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>15020</x:v>
@@ -15151,51 +15151,51 @@
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>615361</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>48</x:v>
@@ -15843,159 +15843,159 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>609152</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>36905</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>609155</x:v>
+        <x:v>553367</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>36905</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>553367</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -16004,114 +16004,114 @@
       <x:c r="K226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>553372</x:v>
+        <x:v>553374</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>553374</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -17838,51 +17838,51 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>555890</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>113</x:v>
@@ -18232,51 +18232,51 @@
       <x:c r="L265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>549206</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
@@ -18302,51 +18302,51 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>549245</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>113</x:v>
@@ -18475,51 +18475,51 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>549241</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
@@ -18644,100 +18644,100 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>548735</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>548736</x:v>
+        <x:v>601587</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
@@ -18752,224 +18752,224 @@
       <x:c r="M274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>548740</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>601587</x:v>
+        <x:v>548736</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="U275" s="4" t="s">
         <x:v>521</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>548733</x:v>
+        <x:v>548738</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>548738</x:v>
+        <x:v>548733</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
@@ -18981,51 +18981,51 @@
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>601586</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
@@ -19100,51 +19100,51 @@
       <x:c r="M280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>548734</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -19224,159 +19224,159 @@
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>546150</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>599175</x:v>
+        <x:v>546067</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>546067</x:v>
+        <x:v>599175</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -19723,51 +19723,51 @@
       <x:c r="J291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>552682</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39205</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19782,51 +19782,51 @@
       <x:c r="J292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>552683</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>39577</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
@@ -19836,51 +19836,51 @@
       <x:c r="J293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>592413</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>39595</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
@@ -19893,51 +19893,51 @@
       <x:c r="J294" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>592300</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
@@ -20291,157 +20291,157 @@
       <x:c r="K301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>598343</x:v>
+        <x:v>599766</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>599766</x:v>
+        <x:v>598343</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>602573</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
@@ -20452,51 +20452,51 @@
         <x:v>381</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>563336</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>551</x:v>
@@ -20504,51 +20504,51 @@
       <x:c r="I305" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>570547</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>41040</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
@@ -21078,51 +21078,51 @@
       <x:c r="J315" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>615937</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
@@ -22075,51 +22075,51 @@
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>596332</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>30</x:v>
@@ -22501,51 +22501,51 @@
         <x:v>641</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>15068</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>618553</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25495,51 +25495,51 @@
       <x:c r="L391" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>589870</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>728</x:v>
@@ -25809,164 +25809,164 @@
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>556600</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>609186</x:v>
+        <x:v>607703</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>41354</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>607703</x:v>
+        <x:v>609186</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>732</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
@@ -26232,98 +26232,98 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>504447</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>556638</x:v>
+        <x:v>607673</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
@@ -26339,239 +26339,239 @@
       <x:c r="K405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>556637</x:v>
+        <x:v>556638</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>40244</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>607672</x:v>
+        <x:v>556637</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>36914</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>32016</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>504152</x:v>
+        <x:v>607672</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>40244</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>589861</x:v>
+        <x:v>504152</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -26581,57 +26581,57 @@
       <x:c r="K409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>607673</x:v>
+        <x:v>589861</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>179</x:v>
@@ -26645,235 +26645,235 @@
       <x:c r="L410" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>589864</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>589858</x:v>
+        <x:v>609188</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>40244</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
-        <x:v>616</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>609188</x:v>
+        <x:v>608924</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>608924</x:v>
+        <x:v>589858</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>278</x:v>
@@ -26887,51 +26887,51 @@
       <x:c r="L414" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>556519</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
@@ -27008,51 +27008,51 @@
       <x:c r="L416" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>608918</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
@@ -27068,51 +27068,51 @@
       <x:c r="L417" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>608922</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>728</x:v>
@@ -27129,51 +27129,51 @@
       <x:c r="L418" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>608917</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
@@ -29699,91 +29699,91 @@
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>595496</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>595469</x:v>
+        <x:v>597435</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
@@ -29793,165 +29793,165 @@
       <x:c r="J464" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>595470</x:v>
+        <x:v>595469</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>38182</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>11045</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>597467</x:v>
+        <x:v>595470</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>38159</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>13253</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>597435</x:v>
+        <x:v>597467</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -30017,51 +30017,51 @@
       <x:c r="J468" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>616165</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>36493</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -30074,51 +30074,51 @@
       <x:c r="J469" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>506880</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>41123</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -30133,51 +30133,51 @@
       <x:c r="J470" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>616167</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>41123</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -30190,51 +30190,51 @@
       <x:c r="J471" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>616168</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
@@ -30481,51 +30481,51 @@
       <x:c r="J476" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>576302</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -30538,51 +30538,51 @@
       <x:c r="J477" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>576309</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
@@ -30597,51 +30597,51 @@
       <x:c r="J478" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>576318</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -30654,51 +30654,51 @@
       <x:c r="J479" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>576301</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
@@ -30713,51 +30713,51 @@
       <x:c r="J480" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>576308</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -30770,51 +30770,51 @@
       <x:c r="J481" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>576320</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
@@ -30829,51 +30829,51 @@
       <x:c r="J482" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>576311</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -30886,51 +30886,51 @@
       <x:c r="J483" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>576307</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
@@ -30945,51 +30945,51 @@
       <x:c r="J484" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>576310</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -31002,51 +31002,51 @@
       <x:c r="J485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>576319</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
@@ -31061,51 +31061,51 @@
       <x:c r="J486" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>576305</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31300,51 +31300,51 @@
       <x:c r="J490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>554938</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31360,51 +31360,51 @@
       <x:c r="J491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>509942</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31421,51 +31421,51 @@
       <x:c r="J492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>603842</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31481,51 +31481,51 @@
       <x:c r="J493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>554917</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31542,51 +31542,51 @@
       <x:c r="J494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>453852</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31602,181 +31602,181 @@
       <x:c r="J495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>603822</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>35378</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>509941</x:v>
+        <x:v>453851</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>35378</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>453851</x:v>
+        <x:v>509941</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
@@ -31898,51 +31898,51 @@
       <x:c r="J500" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>575694</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -31955,51 +31955,51 @@
       <x:c r="J501" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>575695</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>40548</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
@@ -32014,51 +32014,51 @@
       <x:c r="J502" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>575780</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -33638,51 +33638,51 @@
       <x:c r="J530" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>581235</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -33754,51 +33754,51 @@
       <x:c r="J532" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>581254</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -33811,51 +33811,51 @@
       <x:c r="J533" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>581241</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
@@ -33870,51 +33870,51 @@
       <x:c r="J534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>575971</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -33986,51 +33986,51 @@
       <x:c r="J536" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>581240</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -34043,51 +34043,51 @@
       <x:c r="J537" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>581247</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
@@ -34102,51 +34102,51 @@
       <x:c r="J538" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>581248</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -34159,51 +34159,51 @@
       <x:c r="J539" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>581243</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
@@ -34218,51 +34218,51 @@
       <x:c r="J540" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>581233</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -34275,51 +34275,51 @@
       <x:c r="J541" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>581239</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
@@ -34334,51 +34334,51 @@
       <x:c r="J542" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>581246</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -34391,51 +34391,51 @@
       <x:c r="J543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>575974</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
@@ -34450,51 +34450,51 @@
       <x:c r="J544" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>581245</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>23</x:v>
       </x:c>