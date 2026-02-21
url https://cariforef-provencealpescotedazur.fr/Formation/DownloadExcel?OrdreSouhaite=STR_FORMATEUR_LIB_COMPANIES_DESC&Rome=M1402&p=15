--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -233,62 +233,62 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Responsabilité dirigeant</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
@@ -428,140 +428,140 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Environnement agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit international et droit européen</x:t>
   </x:si>
   <x:si>
     <x:t>Droit comparé</x:t>
   </x:si>
   <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion administrative et commerciale des organisations parcours management responsable de projet et entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
-    <x:t>13397</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production de biens et de services (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention innovation, entreprise et société</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management et commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit international et droit européen blocs de compétences BC05 - BC06 - BC07 - BC08 - BC09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention économie des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connaissance entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences sociales</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention sciences sociales</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme manager d'affaires internationales et de projets innovants</x:t>
   </x:si>
   <x:si>
     <x:t>Skema Business School</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie internationale</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
@@ -764,65 +764,65 @@
   <x:si>
     <x:t>06/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel BC02 Conduire une prestation complète de coaching individuel ou collectif</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel bloc de compétences 4 Création, gestion et développement de son activité de Coach Professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Coach professionnel bloc de compétences 3 Élaboration et animation d'une action de formation sur mesure pour compléter et optimiser sa prestation de coaching individuel ou collectif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coach professionnel blocs de compétences BC02 - BC03</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/23/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Coach professionnel BC03 Concevoir et animer une formation pour élargir et compléter une prestation de coaching</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel BC01 Évaluer la demande du client et formaliser les objectifs de coaching dans le contrat de prestation</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre et mettre en place une stratégie RSE</x:t>
   </x:si>
   <x:si>
     <x:t>Senza</x:t>
   </x:si>
   <x:si>
     <x:t>34070</x:t>
@@ -1088,149 +1088,149 @@
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme d'études avancées en management durable spécificité marketing brand management and communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme d'études avancées en management durable spécificité marketing digital and sales (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Bachelor en sciences du management - diplôme de gestion et commerce international (IBBA)</x:t>
   </x:si>
   <x:si>
     <x:t>Management interculturel</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de gestion et commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme supérieur de gestion et de commerce</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Programme d'études avancées en management durable spécificité innovation, transformation et entrepreneuriat (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kedge programme grande école spécialisation audit expert (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Programme d'études avancées en management durable spécificité innovation, transformation et entrepreneuriat (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/05/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme supérieur de gestion et de commerce (3ème année)</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. innovation, transformation, entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>Innovation entreprise</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kedge Business School programme grande école</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2030 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>programme d'études avancées en management durable</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG Business School</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
@@ -1472,86 +1472,86 @@
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en stratégie d'entreprise (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable du développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable du développement des activités</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable du développement</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en stratégie et transformation digitale</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en stratégie et transformation digitale spécialisation communication graphique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach Professionnel - Business Coaching et Management</x:t>
   </x:si>
   <x:si>
     <x:t>Gauthier Sabatier Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>12190</x:t>
@@ -1730,56 +1730,56 @@
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement des activités (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien coaching</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion carrière personnelle</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/31/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Edhec programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>EDHEC BS</x:t>
   </x:si>
   <x:si>
     <x:t>06202</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant en management de projets (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
@@ -2165,68 +2165,68 @@
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des systèmes intégrés QSE (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de portefeuille de projets (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>EM Normandie Programme grande école (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>EM Normandie Programme grande école (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des entreprises et des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
@@ -2249,68 +2249,68 @@
   <x:si>
     <x:t>Ingénieur diplômé de l'école centrale de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
+    <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROUPE MY BS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager du développement de projets transversaux et innovants (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Conduite changement technologique</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
@@ -2372,83 +2372,83 @@
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie sociale, du travail et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie sociale</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention management des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administration système</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention contrôle de gestion et audit organisationnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Audit entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention économie de l'entreprise et des marchés</x:t>
   </x:si>
   <x:si>
     <x:t>Statistique descriptive</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 01</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>master mention management de l'innovation</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management stratégique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des entreprises et des organisations spécialisation entrepreneuriat, start-up et innovation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en transformation digitale et technologique no code spécialisation transformation digitale et IA en e-commerce (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
@@ -2540,89 +2540,89 @@
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention philosophie parcours philosophie pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours gestion des compétences et des talents</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention contrôle de gestion et audit organisationnel parcours contrôle, audit, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours création d'entreprise</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours management de la transition énergétique et environnementale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management et commerce international parcours management du commerce international</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention économie de l'entreprise et des marchés parcours management de la transition énergétique et environnementale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours évaluation et conseil en action sociale et développement économique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours marketing des produits innovants</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours stratégies digitales et pilotage des innovations numériques</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention management et commerce international parcours management international de l'hospitalité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours management de la qualité, de la performance et du risque</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention gestion des ressources humaines parcours économie sociale et solidaire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours responsabilité sociale des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours financement stratégies internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours recherche, études et conseil en organisation, travail et ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours coaching dans les organisations</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention management et commerce international parcours management international de l'hospitalité</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention qualité, hygiène, sécurité parcours ingénierie des systèmes de management</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention intervention et développement social parcours handicap et dépendance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours  qualité et sécurité en agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention qualité, hygiène, sécurité parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention intervention et développement social parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention qualité, hygiène, sécurité parcours systèmes de management et excellence opérationnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours biologie végétale et biotechnologies environnementales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
@@ -2648,57 +2648,57 @@
   <x:si>
     <x:t>Master mention droit des affaires parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours ingénierie des sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et fiscalité de l'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours compliance et droit des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management du transport aérien</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management des activités maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>A3fa</x:t>
   </x:si>
   <x:si>
+    <x:t>Chargé de développement social et paie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traitement paie</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/24/2024 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Traitement paie</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -3567,168 +3567,168 @@
       <x:c r="K7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>559236</x:v>
+        <x:v>613749</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>613750</x:v>
+        <x:v>559236</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>613749</x:v>
+        <x:v>613750</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -3738,54 +3738,54 @@
       <x:c r="L10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>559237</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -4884,265 +4884,265 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>595445</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>39195</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596731</x:v>
+        <x:v>592072</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>591871</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>35386</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>596948</x:v>
+        <x:v>596731</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>39195</x:v>
+        <x:v>35386</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592072</x:v>
+        <x:v>596948</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -5692,328 +5692,327 @@
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>554872</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>603408</x:v>
+        <x:v>596728</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>39059</x:v>
+        <x:v>36113</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="H46" s="14" t="s"/>
+      <x:c r="H46" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>13231</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>592011</x:v>
+        <x:v>609451</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>38296</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>596728</x:v>
+        <x:v>597443</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38296</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>597443</x:v>
+        <x:v>592011</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>36113</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>13231</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>609451</x:v>
+        <x:v>603408</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -6442,259 +6441,259 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>603417</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>36113</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>13231</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>595447</x:v>
+        <x:v>595424</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>39059</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>592012</x:v>
+        <x:v>595472</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>36113</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>13231</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>595424</x:v>
+        <x:v>595447</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>595472</x:v>
+        <x:v>592012</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>59</x:v>
@@ -7896,205 +7895,205 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>611842</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>41347</x:v>
+        <x:v>38005</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>611862</x:v>
+        <x:v>552907</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38005</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>552907</x:v>
+        <x:v>611862</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>586255</x:v>
+        <x:v>552906</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -8104,51 +8103,51 @@
       <x:c r="K87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>552906</x:v>
+        <x:v>586255</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
@@ -8438,51 +8437,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>568183</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
@@ -8491,100 +8490,100 @@
       <x:c r="M94" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>568189</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>568192</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
@@ -8593,100 +8592,100 @@
       <x:c r="M96" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>568187</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>568186</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
@@ -8695,51 +8694,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>568190</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>113</x:v>
@@ -8970,51 +8969,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>550545</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -9257,51 +9256,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>552644</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -9314,51 +9313,51 @@
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>589791</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -9373,51 +9372,51 @@
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>552645</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -9430,51 +9429,51 @@
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>600400</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -9489,51 +9488,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>589790</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -9546,51 +9545,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>552599</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -9605,51 +9604,51 @@
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>600430</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -9662,51 +9661,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>552598</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -10346,51 +10345,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>554316</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
@@ -10742,335 +10741,335 @@
       <x:c r="K134" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>525430</x:v>
+        <x:v>589591</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>525431</x:v>
+        <x:v>558997</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>36419</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>589591</x:v>
+        <x:v>558999</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>37548</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
-      <x:c r="E137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>558997</x:v>
+        <x:v>477933</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37548</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>558999</x:v>
+        <x:v>525430</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>477933</x:v>
+        <x:v>525431</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38841</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -11148,51 +11147,51 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>525437</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -11366,54 +11365,54 @@
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>477934</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11423,54 +11422,54 @@
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>525429</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36420</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11651,51 +11650,51 @@
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>526916</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -11705,51 +11704,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>525432</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36324</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11762,232 +11761,232 @@
       <x:c r="M152" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32120</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>525434</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>600232</x:v>
+        <x:v>553181</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="U153" s="4" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>36420</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>600241</x:v>
+        <x:v>600232</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>37548</x:v>
+        <x:v>36420</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>553181</x:v>
+        <x:v>600241</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -12056,262 +12055,262 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>476402</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>36324</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>32120</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>504581</x:v>
+        <x:v>477935</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>36420</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>477935</x:v>
+        <x:v>598318</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>36420</x:v>
+        <x:v>36324</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32120</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>598318</x:v>
+        <x:v>504581</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>589592</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36420</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -12492,51 +12491,51 @@
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>600230</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
@@ -12556,154 +12555,154 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>592267</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>38841</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32120</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>596824</x:v>
+        <x:v>592103</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38841</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>32120</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>592103</x:v>
+        <x:v>596824</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -12769,51 +12768,51 @@
       <x:c r="L170" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>608648</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -12826,51 +12825,51 @@
       <x:c r="L171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>608649</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
@@ -13172,51 +13171,51 @@
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>616995</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
@@ -13231,51 +13230,51 @@
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>616994</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -13813,57 +13812,57 @@
       <x:c r="K188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>602496</x:v>
+        <x:v>549285</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -13873,57 +13872,57 @@
       <x:c r="K189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>549285</x:v>
+        <x:v>602496</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>404</x:v>
@@ -14421,164 +14420,164 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>549108</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>37635</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>557249</x:v>
+        <x:v>609845</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>37635</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>609845</x:v>
+        <x:v>557249</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40353</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -14867,51 +14866,51 @@
       <x:c r="M206" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>546603</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -14921,51 +14920,51 @@
       <x:c r="M207" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>498275</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -14978,51 +14977,51 @@
       <x:c r="M208" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>498273</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -15251,51 +15250,51 @@
       <x:c r="K213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>553371</x:v>
+        <x:v>608960</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>455</x:v>
@@ -15310,114 +15309,114 @@
       <x:c r="K214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>608959</x:v>
+        <x:v>553371</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>608960</x:v>
+        <x:v>608959</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
@@ -15429,51 +15428,51 @@
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>609149</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -15486,51 +15485,51 @@
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>553373</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
@@ -15602,400 +15601,399 @@
       <x:c r="L219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>553379</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s"/>
+      <x:c r="E220" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>590770</x:v>
+        <x:v>609152</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>39205</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>558984</x:v>
+        <x:v>590770</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>39205</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>553426</x:v>
+        <x:v>558984</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>609152</x:v>
+        <x:v>553426</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>36905</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>609155</x:v>
+        <x:v>553367</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>36905</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>553367</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -16004,114 +16002,114 @@
       <x:c r="K226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>553372</x:v>
+        <x:v>553374</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>553374</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -16135,205 +16133,205 @@
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>569114</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>40889</x:v>
+        <x:v>39205</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>614514</x:v>
+        <x:v>562919</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>39205</x:v>
+        <x:v>37069</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>562919</x:v>
+        <x:v>586232</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>37069</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>586232</x:v>
+        <x:v>614514</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -16400,219 +16398,222 @@
       <x:c r="L233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>608956</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>36905</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>584314</x:v>
+        <x:v>581262</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
+      <x:c r="E235" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>581262</x:v>
+        <x:v>608957</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>584313</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -16622,113 +16623,111 @@
       <x:c r="L237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>611285</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="U237" s="4" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>36905</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>608957</x:v>
+        <x:v>584314</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -17272,51 +17271,51 @@
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>601819</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>34093</x:v>
@@ -17377,51 +17376,51 @@
       <x:c r="M250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>543431</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -17434,51 +17433,51 @@
       <x:c r="M251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>549493</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
@@ -17487,114 +17486,114 @@
       <x:c r="K252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>589781</x:v>
+        <x:v>603645</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>603645</x:v>
+        <x:v>589781</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
@@ -17609,51 +17608,51 @@
       <x:c r="M254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>549523</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>28776</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -18359,159 +18358,159 @@
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>549150</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>549161</x:v>
+        <x:v>549241</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>549241</x:v>
+        <x:v>549161</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
@@ -18528,153 +18527,153 @@
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>540646</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>548739</x:v>
+        <x:v>548735</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>548735</x:v>
+        <x:v>548739</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
@@ -18978,114 +18977,114 @@
       <x:c r="K278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>601586</x:v>
+        <x:v>548737</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>548737</x:v>
+        <x:v>601586</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
@@ -19556,51 +19555,51 @@
       <x:c r="L288" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>602649</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -19613,51 +19612,51 @@
       <x:c r="L289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>546791</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
@@ -19672,51 +19671,51 @@
       <x:c r="L290" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>602650</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39205</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
@@ -20067,51 +20066,51 @@
       <x:c r="L297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>600464</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
@@ -20240,272 +20239,272 @@
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>598342</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>598343</x:v>
+        <x:v>599766</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>599766</x:v>
+        <x:v>598343</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>602573</x:v>
+        <x:v>563336</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>563336</x:v>
+        <x:v>602573</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
@@ -20561,51 +20560,51 @@
       <x:c r="J306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>32006</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>592826</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21033,51 +21032,51 @@
       <x:c r="M314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>542134</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>41449</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -21193,51 +21192,51 @@
       <x:c r="L317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>31475</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>574869</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>585</x:v>
@@ -21556,51 +21555,51 @@
       <x:c r="L323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>602446</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>592</x:v>
@@ -21677,51 +21676,51 @@
       <x:c r="M325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>513670</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
@@ -21782,51 +21781,51 @@
       <x:c r="L327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>615319</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>39136</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -21888,51 +21887,51 @@
       <x:c r="L329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>600796</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38544</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
@@ -22625,57 +22624,57 @@
       <x:c r="K342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>547224</x:v>
+        <x:v>510524</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>656</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -22685,57 +22684,57 @@
       <x:c r="K343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>510524</x:v>
+        <x:v>547224</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>404</x:v>
@@ -24162,153 +24161,153 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>549321</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>35433</x:v>
+        <x:v>41053</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>12587</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>550649</x:v>
+        <x:v>589985</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>701</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>41053</x:v>
+        <x:v>35433</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>589985</x:v>
+        <x:v>550649</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
@@ -24404,206 +24403,206 @@
       <x:c r="S372" s="14" t="n">
         <x:v>549333</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>41446</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>611018</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>37084</x:v>
+        <x:v>41053</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>652</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>549328</x:v>
+        <x:v>600227</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>41053</x:v>
+        <x:v>37084</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>600227</x:v>
+        <x:v>549328</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>40353</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
         <x:v>431</x:v>
@@ -24922,82 +24921,82 @@
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>579037</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>591870</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
@@ -25325,656 +25324,656 @@
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>543560</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>36914</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H389" s="0" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>32016</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>556601</x:v>
+        <x:v>589867</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>589867</x:v>
+        <x:v>589870</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H391" s="0" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>589870</x:v>
+        <x:v>556601</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>607699</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>607698</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H394" s="14" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>607705</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H395" s="0" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>504116</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H396" s="14" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>556600</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>609186</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H398" s="14" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>607703</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>29</x:v>
@@ -25990,670 +25989,670 @@
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>609174</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>498939</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>556551</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>556550</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>504447</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>556638</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>556637</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>607672</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>36914</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>32016</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>504152</x:v>
+        <x:v>589861</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>589861</x:v>
+        <x:v>607673</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>607673</x:v>
+        <x:v>504152</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
@@ -26669,87 +26668,87 @@
       <x:c r="T410" s="16" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>589858</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>60</x:v>
@@ -26777,367 +26776,367 @@
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>609188</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>608924</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>556519</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>556524</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>608918</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>608922</x:v>
+        <x:v>504410</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
@@ -27153,151 +27152,151 @@
       <x:c r="T418" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>589855</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>504410</x:v>
+        <x:v>608922</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -27315,222 +27314,222 @@
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>592073</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>40853</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>545003</x:v>
+        <x:v>601360</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>601360</x:v>
+        <x:v>601361</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>40853</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>601361</x:v>
+        <x:v>545003</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
@@ -27668,51 +27667,51 @@
       <x:c r="M427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>586662</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>749</x:v>
@@ -27729,51 +27728,51 @@
       <x:c r="M428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>586664</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -29201,364 +29200,364 @@
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>591970</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>40548</x:v>
+        <x:v>35908</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>592572</x:v>
+        <x:v>595425</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>38182</x:v>
+        <x:v>35918</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>11045</x:v>
+        <x:v>32098</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>597468</x:v>
+        <x:v>595453</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>772</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>35908</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>774</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>595425</x:v>
+        <x:v>595468</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>35918</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>32098</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>595453</x:v>
+        <x:v>592572</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>595468</x:v>
+        <x:v>597468</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>595423</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
@@ -29571,105 +29570,105 @@
       <x:c r="J460" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>595415</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>597469</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35909</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
@@ -29682,51 +29681,51 @@
       <x:c r="J462" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>774</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>595496</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -29736,51 +29735,51 @@
       <x:c r="J463" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>595469</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
@@ -29793,219 +29792,219 @@
       <x:c r="J464" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>595470</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>38182</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>11045</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>597467</x:v>
+        <x:v>595422</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>38159</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>13253</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>597435</x:v>
+        <x:v>597467</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>35915</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>595422</x:v>
+        <x:v>597435</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>41123</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>780</x:v>
@@ -30240,185 +30239,185 @@
       <x:c r="G472" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>576271</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>576272</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>576274</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>39265</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -30431,51 +30430,51 @@
       <x:c r="M475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>12585</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>577557</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
@@ -30490,51 +30489,51 @@
       <x:c r="M476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>576302</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -30547,51 +30546,51 @@
       <x:c r="M477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>576309</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
@@ -30606,51 +30605,51 @@
       <x:c r="M478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>576318</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -30663,51 +30662,51 @@
       <x:c r="M479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>576301</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
@@ -30722,51 +30721,51 @@
       <x:c r="M480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>576308</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -30779,51 +30778,51 @@
       <x:c r="M481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>576320</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
@@ -30838,51 +30837,51 @@
       <x:c r="M482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>576311</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -30895,51 +30894,51 @@
       <x:c r="M483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>576307</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
@@ -30954,51 +30953,51 @@
       <x:c r="M484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>576310</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -31011,51 +31010,51 @@
       <x:c r="M485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>576319</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
@@ -31070,51 +31069,51 @@
       <x:c r="M486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>576305</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -31130,51 +31129,51 @@
       <x:c r="M487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>603820</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>61</x:v>
@@ -31248,51 +31247,51 @@
       <x:c r="M489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>575550</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>61</x:v>
@@ -31303,57 +31302,57 @@
       <x:c r="K490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>554938</x:v>
+        <x:v>603842</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -31363,57 +31362,57 @@
       <x:c r="K491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>509942</x:v>
+        <x:v>554938</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
         <x:v>61</x:v>
@@ -31424,57 +31423,57 @@
       <x:c r="K492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>603842</x:v>
+        <x:v>509942</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -31611,231 +31610,231 @@
       <x:c r="M495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>603822</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>35378</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>509941</x:v>
+        <x:v>453851</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>35378</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>453851</x:v>
+        <x:v>509941</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>575017</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>35922</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -31848,51 +31847,51 @@
       <x:c r="M499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>13133</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>575029</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
@@ -31907,51 +31906,51 @@
       <x:c r="M500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>575694</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -31964,110 +31963,110 @@
       <x:c r="M501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>575695</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>40548</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>768</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>575780</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -32080,1038 +32079,1038 @@
       <x:c r="M503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>575867</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>35918</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>32098</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>575677</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>575681</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>575876</x:v>
+        <x:v>575685</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>38182</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>11045</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>575685</x:v>
+        <x:v>575876</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>770</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>575682</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>575872</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>575873</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>575874</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>575866</x:v>
+        <x:v>575877</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>575869</x:v>
+        <x:v>575684</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>575875</x:v>
+        <x:v>581326</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>575868</x:v>
+        <x:v>575866</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
-        <x:v>35918</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>32098</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>575676</x:v>
+        <x:v>575869</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>575864</x:v>
+        <x:v>575875</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>818</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>581326</x:v>
+        <x:v>575868</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>35915</x:v>
+        <x:v>35918</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>32098</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>575877</x:v>
+        <x:v>575676</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
-        <x:v>38182</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
-        <x:v>11045</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>770</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>575684</x:v>
+        <x:v>575864</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38181</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -33124,51 +33123,51 @@
       <x:c r="M521" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>574992</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I522" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
@@ -33183,51 +33182,51 @@
       <x:c r="M522" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>574965</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -33240,51 +33239,51 @@
       <x:c r="M523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>574997</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38181</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I524" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
@@ -33299,51 +33298,51 @@
       <x:c r="M524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>581572</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -33356,51 +33355,51 @@
       <x:c r="M525" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>581564</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38181</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
@@ -33415,51 +33414,51 @@
       <x:c r="M526" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>574993</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -33472,110 +33471,110 @@
       <x:c r="M527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>574998</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>575970</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -33588,51 +33587,51 @@
       <x:c r="M529" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>581232</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
@@ -33647,51 +33646,51 @@
       <x:c r="M530" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>581235</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -33704,51 +33703,51 @@
       <x:c r="M531" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>581242</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I532" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
@@ -33763,51 +33762,51 @@
       <x:c r="M532" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>581254</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -33820,51 +33819,51 @@
       <x:c r="M533" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>581241</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I534" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
@@ -33879,51 +33878,51 @@
       <x:c r="M534" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>575971</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -33936,51 +33935,51 @@
       <x:c r="M535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>581234</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I536" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
@@ -33995,51 +33994,51 @@
       <x:c r="M536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>581240</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -34052,51 +34051,51 @@
       <x:c r="M537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>581247</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I538" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
@@ -34111,51 +34110,51 @@
       <x:c r="M538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>581248</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -34168,51 +34167,51 @@
       <x:c r="M539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>581243</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I540" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
@@ -34227,51 +34226,51 @@
       <x:c r="M540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>581233</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -34284,51 +34283,51 @@
       <x:c r="M541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>581239</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I542" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
@@ -34343,51 +34342,51 @@
       <x:c r="M542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>581246</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -34400,51 +34399,51 @@
       <x:c r="M543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>575974</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I544" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
@@ -34459,51 +34458,51 @@
       <x:c r="M544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>581245</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -34524,218 +34523,218 @@
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>599237</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>39601</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>509972</x:v>
+        <x:v>599249</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>859</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>599249</x:v>
+        <x:v>599250</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>860</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
-        <x:v>39601</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>861</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>599250</x:v>
+        <x:v>509972</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>36</x:v>
       </x:c>