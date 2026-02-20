--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -278,86 +278,86 @@
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention biodiversité, écologie et évolution</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences naturelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention bio-géosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
-    <x:t>13397</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention biologie structurale, génomique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention microbiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Laboratoire analyse agroalimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention humanités médicales</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention biodiversité, écologie et évolution</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention physique fondamentale et applications</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention physique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>master mention santé publique</x:t>
   </x:si>
   <x:si>
     <x:t>Théorie graphes</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie mécanique</x:t>
@@ -422,59 +422,59 @@
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>master mention épistémologie, histoire des sciences et des techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Modèle mathématique</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention sciences du vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-informatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention sciences du vivant</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'université sciences et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Physique mise à niveau</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
@@ -542,116 +542,116 @@
   <x:si>
     <x:t>Lycée Vert d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06602</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re STL sciences et technologies de laboratoire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Thiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique-chimie (PC*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Électricité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques, physique, ingénierie et informatique (MP2I), 1re année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mathématiques informatiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire aux études supérieures  - scientifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie mise à niveau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Géophysique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques-physique (MP), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques-physique (MP), 2e année option informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique-chimie (PC), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique-chimie et sciences de l'ingénieur (PCSI) 1re année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques-physique (MP*), 2e année</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Thiers</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire mathématiques, physique, informatique (MPI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>84025</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
@@ -1247,56 +1247,56 @@
   <x:si>
     <x:t>Lycée M Pagnol</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Genevoix</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire technologie et biologie (TB), 2e année</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 1re année</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire technologie et biologie (TB), 2e année</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée l'Olivier - R Coffy</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
@@ -1883,59 +1883,59 @@
   <x:si>
     <x:t>84410</x:t>
   </x:si>
   <x:si>
     <x:t>BEDOIN</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>LA d'Aix-Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
+    <x:t>cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur biologie et e-santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
+  </x:si>
+  <x:si>
     <x:t>cycle préparatoire intégré (CPGE à parcours sécurisé, associées avec le Lycée Externat St Joseph (La Cordeille), implantées à l'ISEN Yncréa Méditerranée de Toulon, programmes MPSI-PSI adaptés)</x:t>
   </x:si>
   <x:si>
-    <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Institution St J de Carnolès</x:t>
   </x:si>
   <x:si>
     <x:t>06190</x:t>
   </x:si>
   <x:si>
     <x:t>Institution St-Joseph Carnolès</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-CAP-MARTIN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Cours Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>ICOP</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré international de l'École supérieure Angevine d'informatique et de productique</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP - site d'Angers</x:t>
@@ -2123,140 +2123,140 @@
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours biodiversité : fonctions et conservation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours écologie pour la gestion des villes et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie biologique et écologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours gestion adaptative de la biodiversité</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention microbiologie parcours microbiologie fondamentale</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention neurosciences parcours Euro-mediterranean Master in Neuroscience (EMN-Online)</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention génie mécanique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention nanosciences et nanotechnologies parcours ingénierie des matériaux et nanotechnologies</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention physique fondamentale et applications parcours physique</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention nanosciences et nanotechnologies parcours ingénierie des matériaux et nanotechnologies</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention bio-géosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention biologie structurale, génomique parcours génomique et analyse des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat Universitaitre Acteur de la transition environnementale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Écologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie intégrative et physiologie parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention immunologie parcours immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention nanosciences et nanotechnologies parcours nano-ingénierie et dispositifs quantiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours biologie végétale et biotechnologies environnementales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie intégrative et physiologie parcours Computational and mathematical biology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention neurosciences parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours  qualité et sécurité en agroalimentaires</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention biologie structurale, génomique parcours génomique et analyse des données</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Master mention neurosciences parcours  Cellular and systems neuroscience</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention physique fondamentale et applications parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours biochimie structurale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours approche intégrative des fonctions du vivant : du gène à la pathologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention microbiologie parcours ingénierie et biotechnologies microbiennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Integrated and cognitive neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention microbiologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours encadrement des organisations de santé et management de la qualité et de la sécurité des soins</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours oncologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé parcours formateur</x:t>
@@ -2276,54 +2276,54 @@
   <x:si>
     <x:t>Master mention santé publique parcours épidémiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours handicap et santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours biomarqueurs et intelligence artificielle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours maladies infectieuses et microbiote</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours maladies métaboliques, vasculaires et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours technologies de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours recherche clinique et simulation en santé</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention biologie-santé parcours génétique humaine et médicale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention humanités médicales parcours Homme et vieillissement</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Master mention biologie-santé parcours génétique humaine et médicale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>DESIU Médecine morphologique et anti-âge</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -3308,1866 +3308,1866 @@
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>595444</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>38698</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>12087</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>591868</x:v>
+        <x:v>592064</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>595482</x:v>
+        <x:v>591868</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C12" s="15" t="s"/>
+      <x:c r="C12" s="15" t="n">
+        <x:v>38963</x:v>
+      </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>595485</x:v>
+        <x:v>595482</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>74</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>21543</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>591997</x:v>
+        <x:v>595485</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C14" s="15" t="s"/>
+      <x:c r="C14" s="15" t="n">
+        <x:v>38969</x:v>
+      </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>595452</x:v>
+        <x:v>591997</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>592065</x:v>
+        <x:v>595452</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>591964</x:v>
+        <x:v>592065</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>40720</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>595491</x:v>
+        <x:v>591964</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38563</x:v>
+        <x:v>40720</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>595495</x:v>
+        <x:v>595491</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>38563</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>591998</x:v>
+        <x:v>595495</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>592092</x:v>
+        <x:v>591998</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>591961</x:v>
+        <x:v>592092</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>39195</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592071</x:v>
+        <x:v>591961</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>39195</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>591859</x:v>
+        <x:v>592071</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>591862</x:v>
+        <x:v>591859</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>591871</x:v>
+        <x:v>591862</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39890</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>14284</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592199</x:v>
+        <x:v>591871</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38994</x:v>
+        <x:v>39890</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>14284</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591969</x:v>
+        <x:v>592199</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38965</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592001</x:v>
+        <x:v>591969</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>595483</x:v>
+        <x:v>592001</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>595490</x:v>
+        <x:v>595483</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>591861</x:v>
+        <x:v>595490</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38970</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>12036</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>591935</x:v>
+        <x:v>591861</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38994</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>591965</x:v>
+        <x:v>591935</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592000</x:v>
+        <x:v>591965</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>591962</x:v>
+        <x:v>592000</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>591963</x:v>
+        <x:v>591962</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>591999</x:v>
+        <x:v>591963</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38963</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>595484</x:v>
+        <x:v>591999</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>40617</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>14229</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>592571</x:v>
+        <x:v>595484</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>39185</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>592067</x:v>
+        <x:v>592571</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39195</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>592072</x:v>
+        <x:v>592067</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>39185</x:v>
+        <x:v>39195</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592064</x:v>
+        <x:v>592072</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37929</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -5191,148 +5191,148 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>597136</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38672</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12008</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>591966</x:v>
+        <x:v>597540</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38672</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>12008</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>597540</x:v>
+        <x:v>591966</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
@@ -5342,108 +5342,108 @@
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>591967</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38672</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>12008</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>590163</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
@@ -5458,51 +5458,51 @@
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>32062</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>588082</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>121</x:v>
@@ -5510,51 +5510,51 @@
       <x:c r="I49" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>11483</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>577819</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
@@ -5567,51 +5567,51 @@
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>591867</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>132</x:v>
@@ -6069,882 +6069,882 @@
       <x:c r="B60" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>595476</x:v>
+        <x:v>595851</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>592888</x:v>
+        <x:v>592940</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>592962</x:v>
+        <x:v>593899</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11050</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>593899</x:v>
+        <x:v>596026</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>11050</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>596026</x:v>
+        <x:v>591917</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>12067</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>591917</x:v>
+        <x:v>592949</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>12233</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>592949</x:v>
+        <x:v>592969</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>592969</x:v>
+        <x:v>595108</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>595108</x:v>
+        <x:v>592957</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>592957</x:v>
+        <x:v>592897</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>592897</x:v>
+        <x:v>592888</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>11050</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>596454</x:v>
+        <x:v>592962</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>594656</x:v>
+        <x:v>595476</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11050</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>595851</x:v>
+        <x:v>596454</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>592940</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>591953</x:v>
+        <x:v>593798</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>593798</x:v>
+        <x:v>591953</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>50</x:v>
@@ -7220,176 +7220,176 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>593754</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>592905</x:v>
+        <x:v>592959</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>592959</x:v>
+        <x:v>592905</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>597473</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
@@ -7456,51 +7456,51 @@
       <x:c r="I87" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>593750</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -7917,51 +7917,51 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>593920</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>159</x:v>
@@ -8036,74 +8036,74 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>593845</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>592904</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
@@ -8138,241 +8138,241 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>593893</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>592971</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>592895</x:v>
+        <x:v>592971</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>593878</x:v>
+        <x:v>592895</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>594206</x:v>
+        <x:v>593878</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>50</x:v>
@@ -8476,51 +8476,51 @@
       <x:c r="I107" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>593803</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -8648,139 +8648,139 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>591955</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>593828</x:v>
+        <x:v>592950</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>592950</x:v>
+        <x:v>593828</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>50</x:v>
@@ -9158,139 +9158,139 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>593788</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>592910</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>592910</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>50</x:v>
@@ -10382,139 +10382,139 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>593804</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>591958</x:v>
+        <x:v>593817</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>593817</x:v>
+        <x:v>591958</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>50</x:v>
@@ -11169,462 +11169,462 @@
       <x:c r="B160" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>595107</x:v>
+        <x:v>592960</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>594203</x:v>
+        <x:v>595107</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>592907</x:v>
+        <x:v>594203</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>592941</x:v>
+        <x:v>592907</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>592892</x:v>
+        <x:v>592941</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>592970</x:v>
+        <x:v>592892</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>593889</x:v>
+        <x:v>592970</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>592960</x:v>
+        <x:v>593889</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>592893</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
@@ -11655,127 +11655,127 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>593793</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>592963</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>592968</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
@@ -12063,396 +12063,396 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>593912</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>595106</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>592901</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>592955</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>12233</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>592948</x:v>
+        <x:v>595856</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>595856</x:v>
+        <x:v>592948</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>592894</x:v>
+        <x:v>592967</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>594207</x:v>
+        <x:v>592894</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>50</x:v>
@@ -12471,255 +12471,255 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>593818</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>592967</x:v>
+        <x:v>594207</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>592964</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>592939</x:v>
+        <x:v>595477</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>595477</x:v>
+        <x:v>592939</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
@@ -12932,139 +12932,139 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>593752</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>591959</x:v>
+        <x:v>593854</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>593854</x:v>
+        <x:v>591959</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>50</x:v>
@@ -13119,205 +13119,205 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>593885</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>591942</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>592912</x:v>
+        <x:v>592947</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>592947</x:v>
+        <x:v>592912</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>369</x:v>
@@ -13340,241 +13340,241 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>593913</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>594208</x:v>
+        <x:v>592909</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>592909</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>592952</x:v>
+        <x:v>592581</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>592581</x:v>
+        <x:v>594208</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>50</x:v>
@@ -13593,78 +13593,78 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>593787</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>592903</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
@@ -13731,51 +13731,51 @@
         <x:v>180</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>593765</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>402</x:v>
@@ -14103,294 +14103,294 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>592911</x:v>
+        <x:v>592953</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>592953</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>594658</x:v>
+        <x:v>592902</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>592902</x:v>
+        <x:v>593775</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>593775</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>50</x:v>
@@ -14768,304 +14768,304 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>593857</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>11050</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>596455</x:v>
+        <x:v>592889</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11050</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>592896</x:v>
+        <x:v>596455</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>593785</x:v>
+        <x:v>592896</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>592889</x:v>
+        <x:v>593785</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>592958</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
@@ -15074,241 +15074,241 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>595853</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>592966</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>595105</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11050</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>596025</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>11050</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>596025</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>50</x:v>
@@ -15771,51 +15771,51 @@
         <x:v>122</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>593911</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>451</x:v>
@@ -16041,78 +16041,78 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>593768</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>592899</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
@@ -16245,384 +16245,384 @@
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>593827</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>592942</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>592898</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>592954</x:v>
+        <x:v>593831</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>593831</x:v>
+        <x:v>592954</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>592965</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>592890</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
@@ -16738,51 +16738,51 @@
       <x:c r="I269" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>593779</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
@@ -17114,127 +17114,127 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>593909</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>592900</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>592961</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
@@ -18542,74 +18542,74 @@
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>591936</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>591916</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
@@ -18999,78 +18999,78 @@
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>593747</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>591915</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
@@ -19101,139 +19101,139 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>593748</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>593881</x:v>
+        <x:v>591913</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>12067</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>591913</x:v>
+        <x:v>593881</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>195</x:v>
@@ -19906,156 +19906,156 @@
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>597159</x:v>
+        <x:v>615862</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>615862</x:v>
+        <x:v>597159</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>615861</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
@@ -20166,267 +20166,267 @@
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>594081</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>592891</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>592956</x:v>
+        <x:v>592972</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>12067</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>591914</x:v>
+        <x:v>592956</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>594205</x:v>
+        <x:v>591914</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>50</x:v>
@@ -20445,127 +20445,127 @@
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>593821</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>592972</x:v>
+        <x:v>594205</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>592906</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
@@ -20787,91 +20787,91 @@
         <x:v>242</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>593880</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>595208</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
@@ -20938,51 +20938,51 @@
       <x:c r="I351" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>593781</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
@@ -20991,51 +20991,51 @@
         <x:v>242</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>593906</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>642</x:v>
@@ -21133,51 +21133,51 @@
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>615984</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
@@ -21514,51 +21514,51 @@
       <x:c r="J362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -21727,51 +21727,51 @@
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
@@ -21807,82 +21807,82 @@
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>595494</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>592066</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
@@ -22186,51 +22186,51 @@
       <x:c r="G374" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>577548</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
@@ -22243,51 +22243,51 @@
       <x:c r="G375" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>577545</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
@@ -22302,51 +22302,51 @@
       <x:c r="G376" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>577546</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
@@ -22475,51 +22475,51 @@
       <x:c r="G379" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>577547</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
@@ -22534,236 +22534,236 @@
       <x:c r="G380" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>577544</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>38969</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>21543</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>574981</x:v>
+        <x:v>574943</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>574986</x:v>
+        <x:v>574981</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>574943</x:v>
+        <x:v>574986</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
@@ -22852,197 +22852,197 @@
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>581561</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>574990</x:v>
+        <x:v>574983</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>574983</x:v>
+        <x:v>574990</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>581556</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
@@ -23112,404 +23112,405 @@
       <x:c r="G390" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>581554</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="C391" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>574997</x:v>
+        <x:v>576147</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="J392" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12556</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>576147</x:v>
+        <x:v>609846</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>672</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>697</x:v>
-[...1 lines deleted...]
-      <x:c r="C393" s="3" t="s"/>
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="C393" s="3" t="n">
+        <x:v>38965</x:v>
+      </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
+      <x:c r="J393" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>12556</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>609846</x:v>
+        <x:v>581553</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>38965</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>581553</x:v>
+        <x:v>574951</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>39508</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>574951</x:v>
+        <x:v>574991</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>690</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>574991</x:v>
+        <x:v>575010</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
@@ -23522,688 +23523,688 @@
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>575010</x:v>
+        <x:v>575011</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>38984</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>575011</x:v>
+        <x:v>574984</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>574984</x:v>
+        <x:v>574988</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>574985</x:v>
+        <x:v>574989</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>40617</x:v>
+        <x:v>39195</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>14229</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>581325</x:v>
+        <x:v>574998</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>581570</x:v>
+        <x:v>576144</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>38994</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>581571</x:v>
+        <x:v>581325</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>709</x:v>
-[...1 lines deleted...]
-      <x:c r="C404" s="15" t="s"/>
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="C404" s="15" t="n">
+        <x:v>38972</x:v>
+      </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>576145</x:v>
+        <x:v>581570</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>38965</x:v>
+        <x:v>39195</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>576140</x:v>
+        <x:v>574997</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>574988</x:v>
+        <x:v>574985</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>574989</x:v>
+        <x:v>581571</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="C408" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>574998</x:v>
+        <x:v>576145</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38965</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
@@ -24216,98 +24217,98 @@
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>576144</x:v>
+        <x:v>576140</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38969</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>21543</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>574980</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
@@ -24379,51 +24380,51 @@
       <x:c r="G412" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>21543</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>581568</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
@@ -24666,51 +24667,51 @@
       <x:c r="G417" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>576204</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
@@ -24780,51 +24781,51 @@
       <x:c r="G419" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>576215</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
@@ -25272,149 +25273,149 @@
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>576202</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="C428" s="15" t="s"/>
+      <x:c r="C428" s="15" t="n">
+        <x:v>38970</x:v>
+      </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>576218</x:v>
+        <x:v>576198</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
-      <x:c r="C429" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>12036</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>576198</x:v>
+        <x:v>576218</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
@@ -25533,51 +25534,51 @@
       <x:c r="G432" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>575047</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">