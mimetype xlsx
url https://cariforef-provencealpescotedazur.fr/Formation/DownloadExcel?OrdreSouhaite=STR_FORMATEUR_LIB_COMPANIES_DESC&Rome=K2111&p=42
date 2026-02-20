--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -689,62 +689,62 @@
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel BC03 Concevoir et animer une formation pour élargir et compléter une prestation de coaching</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Coach professionnel BC02 Conduire une prestation complète de coaching individuel ou collectif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coach professionnel BC04 Structurer et développer son activité de Coach Professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coach professionnel BC02 Conduire une prestation complète de coaching individuel ou collectif</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Protect'Up</x:t>
   </x:si>
   <x:si>
     <x:t>74800</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
@@ -755,260 +755,260 @@
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pgm Learning</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Artisan , Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Référent handicap en organisme de formation / CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Formateur , Salarié , Tout public , Tuteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pédagogie public spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concepteur médiatiseur pédagogique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Cadre demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conception formation à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performa - Antenne Saint Raphaël</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parentalité Créative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Particulier, individuel , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optim'hum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formateur d'enseignants, de formateurs et de cadres pédagogiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénierie formation pédagogie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable d'ingénierie pédagogique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Openclassrooms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénierie formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'ingénierie pédagogique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Openclassrooms</x:t>
-[...193 lines deleted...]
-  <x:si>
     <x:t>Responsable formation et développement des compétences - responsable learning et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Audit formation</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
@@ -1397,116 +1397,116 @@
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable d'espace de médiation numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
+    <x:t>05/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel responsable d'espace de médiation numérique</x:t>
   </x:si>
   <x:si>
-    <x:t>05/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ingénieur pédagogique</x:t>
   </x:si>
   <x:si>
     <x:t>Conception action formation</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur(e) pédagogique</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Heures Libres de la Jeunesse - Institut Méditerranéen du Sport, de l'Animation et du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>HLJ - IMSAT</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadrer et scénariser votre projet formation avec Chat GPT</x:t>
   </x:si>
   <x:si>
     <x:t>Guiguichard - getalearn</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bloc 3 : Mettre en oeuvre des situations d'apprentissage (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE THOLONET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre Responsable Projets et Ingénierie en formation RPIF</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE CEDEX 03</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Bloc 1 : Réaliser une ingénierie de formation sur mesure, multimodale intégrant le conseil en développement des compétences (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bloc 2 : Piloter un dispositif multimodal de formation dans le cadre d'une démarche qualité (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
   </x:si>
   <x:si>
     <x:t>Bloc 4 : Manager des équipes dans le secteur de la formation (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de cadre de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
@@ -1739,62 +1739,62 @@
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>04/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/03/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/14/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DM Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13730</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-VICTORET</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2026 00:00:00</x:t>
@@ -1829,65 +1829,65 @@
   <x:si>
     <x:t>Maître d'apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>TRANS-EN-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GREOUX-LES-BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animer une formation en situation professionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/07/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Notions fondamentales + gestion de groupes + préparation de formation + mise en situation</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur pour adultes</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Blanche Prévention</x:t>
@@ -2015,65 +2015,65 @@
   <x:si>
     <x:t>Sciences éducation</x:t>
   </x:si>
   <x:si>
     <x:t>M2 INPEF  (Rouen) - Module (VAE) - Mémoire</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 Sciences de l'éducation - Parcours Ingénierie Numérique et Pédagogique en Education et Formation (Rouen)</x:t>
   </x:si>
   <x:si>
     <x:t>Réussir sa classe virtuelle : conception</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir un dispositif de formation à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Expert métier : devenir formateur à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir et animer une formation avec la pédagogie active</x:t>
   </x:si>
   <x:si>
     <x:t>Digital learning : évaluer l’acquisition des compétences</x:t>
   </x:si>
   <x:si>
+    <x:t>Master 2 professionnel ICF - module (VAE) : connaissance de l'environnement pro., système et institutions (Lyon 2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master 2 professionnel ICF - module (VAE) : concevoir, animer et accompagner (Lyon 2)</x:t>
+  </x:si>
+  <x:si>
     <x:t>M2 INPEF  (Rouen) - Module (VAE) - Fondamentaux théoriques de l'animation et de l'accomp. des personnes en formation</x:t>
   </x:si>
   <x:si>
     <x:t>M2 INPEF (Lyon 2) - Module (VAE) - Analyse de l’environnement professionnel, acteurs, système et institutions</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - module (VAE) : questions du domaine de la formation (Rouen)</x:t>
   </x:si>
   <x:si>
-    <x:t>Master 2 professionnel ICF - module (VAE) : connaissance de l'environnement pro., système et institutions (Lyon 2)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>M2 INPEF  (Rouen) - Module (VAE) - Analyse de l’environnement professionnel, acteurs, système et institutions</x:t>
   </x:si>
   <x:si>
     <x:t>M2 INPEF  (Rouen) - Module (VAE) - Ingénierie numérique et pilotage de projet de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - module (VAE) : questions du domaine de la formation (Lyon 2)</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ingénierie et conseil en formation  : soutenance de mémoire (Rouen)</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - module (VAE) : actualités des question de la recherche (Lyon 2)</x:t>
   </x:si>
   <x:si>
     <x:t>M2 INPEF  (Rouen) - Module (VAE) - Conseil et gestion de projet numérique en formation</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - modude (VAE) : ingénierie et pilotage de projet (Lyon 2)</x:t>
   </x:si>
   <x:si>
     <x:t>Module VAE IESET Université de Lyon : Recherche Education Formation Approche Méthodologique</x:t>
   </x:si>
   <x:si>
     <x:t>Réussir sa classe virtuelle : animation</x:t>
@@ -2417,69 +2417,69 @@
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales (préparation également possible par Bloc(s) de compétences) parcours bilangue : turc-arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention français langue étrangère parcours didactique du Français Langue Etrangère et Seconde : approches critiques et innovations pédagogiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours chargé de mission en évaluation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études slaves</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours allemand</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours japonais</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours trilangue</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention histoire parcours histoire, pouvoirs et sociétés</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention langues et sociétés parcours études islamologiques (islamologie et tradition intellectuelle en Islam)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études italiennes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours italien</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Licence mention histoire parcours histoire, pouvoirs et sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention histoire parcours histoire, cultures et représentations</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention histoire parcours histoire, territoires et économies parcours histoire, territoires et économies</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études interculturelles franco-allemandes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours chinois</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours responsabilité sociale des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours coaching dans les organisations</x:t>
   </x:si>
@@ -7028,111 +7028,111 @@
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>611858</x:v>
+        <x:v>611861</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="U70" s="16" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>611861</x:v>
+        <x:v>611858</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -7153,97 +7153,97 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>611842</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>611855</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7477,211 +7477,203 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>611480</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>617030</x:v>
+        <x:v>613604</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>617033</x:v>
+        <x:v>617030</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>36652</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>233</x:v>
-[...2 lines deleted...]
-        <x:v>234</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="R81" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="S81" s="0" t="n">
+        <x:v>617033</x:v>
+      </x:c>
+      <x:c r="T81" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="U81" s="4" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7691,2462 +7683,2474 @@
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>611476</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>611375</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>241</x:v>
-[...1 lines deleted...]
-      <x:c r="C84" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C84" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J84" s="14" t="s"/>
+      <x:c r="J84" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>613604</x:v>
+        <x:v>611468</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>611468</x:v>
+        <x:v>611360</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>44593</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>611360</x:v>
+        <x:v>611376</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>611376</x:v>
+        <x:v>613603</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>241</x:v>
-[...1 lines deleted...]
-      <x:c r="C88" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J88" s="14" t="s"/>
+      <x:c r="J88" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>613603</x:v>
+        <x:v>617029</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>617029</x:v>
+        <x:v>586757</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>586757</x:v>
+        <x:v>586775</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="C91" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>44593</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>586775</x:v>
+        <x:v>611474</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>611474</x:v>
+        <x:v>613602</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>241</x:v>
-[...1 lines deleted...]
-      <x:c r="C93" s="3" t="s"/>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>613602</x:v>
+        <x:v>572320</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>572320</x:v>
+        <x:v>572370</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="C95" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>44593</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>572370</x:v>
+        <x:v>615410</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>615410</x:v>
+        <x:v>586758</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>586758</x:v>
+        <x:v>598549</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>598549</x:v>
+        <x:v>611478</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>611478</x:v>
+        <x:v>573016</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>573016</x:v>
+        <x:v>617032</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>617032</x:v>
+        <x:v>617035</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>617035</x:v>
+        <x:v>611366</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="C103" s="3" t="s"/>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>44593</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>611366</x:v>
+        <x:v>601522</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>601522</x:v>
+        <x:v>611373</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>241</x:v>
-[...1 lines deleted...]
-      <x:c r="C105" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>611373</x:v>
+        <x:v>586759</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>586759</x:v>
+        <x:v>611481</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>611481</x:v>
+        <x:v>617028</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>617028</x:v>
+        <x:v>617031</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>617031</x:v>
+        <x:v>611361</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="C110" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C110" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="J110" s="14" t="s"/>
+      <x:c r="J110" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>44593</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>611361</x:v>
+        <x:v>611467</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
+      <x:c r="E111" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>611467</x:v>
+        <x:v>601520</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>601520</x:v>
+        <x:v>599540</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
-      <x:c r="E113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>599540</x:v>
+        <x:v>588112</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="R114" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="S114" s="14" t="n">
+        <x:v>583420</x:v>
+      </x:c>
+      <x:c r="T114" s="16" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="U114" s="16" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>185</x:v>
-[...1 lines deleted...]
-      <x:c r="C115" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C115" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>44586</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>583420</x:v>
+        <x:v>540760</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>540760</x:v>
+        <x:v>590982</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>37175</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>590982</x:v>
+        <x:v>543172</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37175</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>543172</x:v>
+        <x:v>617931</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>37175</x:v>
+        <x:v>36652</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>617931</x:v>
+        <x:v>578522</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>578522</x:v>
+        <x:v>615662</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>232</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>235</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>44579</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>615662</x:v>
+        <x:v>610849</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>298</x:v>
-[...1 lines deleted...]
-      <x:c r="C122" s="15" t="s"/>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C122" s="15" t="n">
+        <x:v>36652</x:v>
+      </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>235</x:v>
-[...1 lines deleted...]
-      <x:c r="J122" s="14" t="s"/>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J122" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>44579</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>610849</x:v>
+        <x:v>615663</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>615663</x:v>
+        <x:v>578523</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>231</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>578524</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>578584</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>578599</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
@@ -10189,153 +10193,153 @@
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>615304</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>44588</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>614278</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>614022</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
@@ -10461,51 +10465,51 @@
       <x:c r="G133" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>617605</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
@@ -10522,111 +10526,111 @@
       <x:c r="G134" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>617606</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>617603</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
@@ -10643,66 +10647,66 @@
       <x:c r="G136" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>617604</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -11138,75 +11142,75 @@
       <x:c r="S144" s="14" t="n">
         <x:v>597994</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>456835</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39684</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
@@ -11474,51 +11478,51 @@
       <x:c r="L150" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>579690</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -11709,51 +11713,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>573125</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11882,51 +11886,51 @@
       <x:c r="M157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>573376</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>61</x:v>
@@ -12000,51 +12004,51 @@
       <x:c r="M159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>573374</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
@@ -12291,51 +12295,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>573133</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -12600,51 +12604,51 @@
       <x:c r="L169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>612410</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
@@ -12832,51 +12836,51 @@
       <x:c r="M173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>569986</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12889,51 +12893,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>526601</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13065,151 +13069,151 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>553453</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>39181</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>573971</x:v>
+        <x:v>578141</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>39181</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>578141</x:v>
+        <x:v>573971</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
@@ -13387,51 +13391,51 @@
       <x:c r="M183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>616314</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13441,103 +13445,103 @@
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>577464</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>572669</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -13612,135 +13616,135 @@
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>556661</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>602963</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>602965</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
@@ -13755,747 +13759,747 @@
       <x:c r="G190" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>563385</x:v>
+        <x:v>585565</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>585542</x:v>
+        <x:v>585567</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>585546</x:v>
+        <x:v>585542</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>585565</x:v>
+        <x:v>585546</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>585567</x:v>
+        <x:v>563385</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U194" s="16" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>585574</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>563386</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>585541</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>585544</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>585563</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>585564</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>585547</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>585570</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
@@ -14508,351 +14512,351 @@
       <x:c r="G203" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>585576</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>563392</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>585543</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>585545</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>585548</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>585569</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
@@ -15288,51 +15292,51 @@
       <x:c r="M216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>579982</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -15351,51 +15355,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>579694</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="G218" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -15943,87 +15947,87 @@
       <x:c r="T227" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>572807</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
@@ -16188,51 +16192,51 @@
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>606793</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
@@ -16428,51 +16432,51 @@
       <x:c r="M236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>613347</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
@@ -16703,51 +16707,51 @@
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>557313</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
@@ -17647,100 +17651,100 @@
       <x:c r="M258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>579696</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>579699</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
@@ -17749,100 +17753,100 @@
       <x:c r="M260" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>579698</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>579697</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="G262" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -17858,51 +17862,51 @@
       <x:c r="L262" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>579684</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -17969,222 +17973,222 @@
       <x:c r="K264" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>617712</x:v>
+        <x:v>569939</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>572699</x:v>
+        <x:v>617712</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>583265</x:v>
+        <x:v>572699</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>569939</x:v>
+        <x:v>583265</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="U267" s="4" t="s">
         <x:v>559</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18251,51 +18255,51 @@
       <x:c r="M269" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>609478</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18308,51 +18312,51 @@
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>583264</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18473,54 +18477,54 @@
       <x:c r="L273" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>598712</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19612,274 +19616,274 @@
       <x:c r="K295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>587736</x:v>
+        <x:v>567053</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>587737</x:v>
+        <x:v>538051</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="J297" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>567053</x:v>
+        <x:v>505303</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>538051</x:v>
+        <x:v>587736</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>589</x:v>
-[...1 lines deleted...]
-      <x:c r="C299" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C299" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
+      <x:c r="J299" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>44517</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>505303</x:v>
+        <x:v>587737</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="U299" s="4" t="s">
         <x:v>590</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19889,51 +19893,51 @@
       <x:c r="L300" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>587734</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19954,93 +19958,93 @@
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>538050</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>44517</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>505302</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20050,51 +20054,51 @@
       <x:c r="L303" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>567052</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
@@ -20107,85 +20111,85 @@
       <x:c r="L304" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>587735</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>566996</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
@@ -20194,51 +20198,51 @@
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>566997</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
@@ -20258,104 +20262,104 @@
       <x:c r="L307" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>587815</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>587814</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
@@ -20600,51 +20604,51 @@
       <x:c r="M313" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>613971</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
@@ -20761,105 +20765,105 @@
       <x:c r="M316" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>609206</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>575932</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
@@ -20892,75 +20896,75 @@
       <x:c r="T318" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>568817</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
@@ -21190,497 +21194,497 @@
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>573460</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>573465</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>573467</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>573469</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>573478</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>573480</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>573485</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>573488</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>573489</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>45</x:v>
@@ -21688,51 +21692,51 @@
       <x:c r="M333" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>573509</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>628</x:v>
@@ -21743,51 +21747,51 @@
       <x:c r="M334" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>573510</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>45</x:v>
@@ -21795,51 +21799,51 @@
       <x:c r="M335" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>573512</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>623</x:v>
@@ -22204,341 +22208,341 @@
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>573507</x:v>
+        <x:v>573458</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>44596</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>585117</x:v>
+        <x:v>573463</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>573449</x:v>
+        <x:v>573507</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>44554</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>573466</x:v>
+        <x:v>585117</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>573458</x:v>
+        <x:v>573449</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>573463</x:v>
+        <x:v>573466</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>45</x:v>
@@ -22601,51 +22605,51 @@
       <x:c r="M350" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>573505</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>45</x:v>
@@ -22653,51 +22657,51 @@
       <x:c r="M351" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>573506</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>628</x:v>
@@ -22708,317 +22712,317 @@
       <x:c r="M352" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>573511</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>573461</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>573464</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>573468</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>573483</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>573486</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>623</x:v>
@@ -23170,69 +23174,69 @@
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>573487</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>628</x:v>
@@ -23243,210 +23247,210 @@
       <x:c r="M362" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>573508</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>573481</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>573459</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>573490</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>623</x:v>
@@ -23491,124 +23495,124 @@
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>573462</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>573479</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>45</x:v>
@@ -23653,176 +23657,176 @@
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>573477</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>573482</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>573484</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>45</x:v>
@@ -23851,82 +23855,82 @@
       <x:c r="T373" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>574336</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>45</x:v>
@@ -24116,75 +24120,75 @@
       <x:c r="S378" s="14" t="n">
         <x:v>571963</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>581615</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
@@ -24284,129 +24288,129 @@
       <x:c r="T381" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>574317</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>36202</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>44517</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>598441</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
@@ -24538,51 +24542,51 @@
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>601394</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
@@ -24595,51 +24599,51 @@
       <x:c r="L387" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>588302</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>696</x:v>
@@ -24656,51 +24660,51 @@
       <x:c r="L388" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>601397</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
@@ -24824,51 +24828,51 @@
       <x:c r="L391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>611251</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
@@ -24990,51 +24994,51 @@
       <x:c r="L394" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>600757</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -25163,51 +25167,51 @@
       <x:c r="L397" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>606709</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="G398" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
@@ -25382,51 +25386,51 @@
       <x:c r="L401" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>610704</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -25550,51 +25554,51 @@
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>616998</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>26</x:v>
@@ -27968,91 +27972,91 @@
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>575792</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>38695</x:v>
+        <x:v>40740</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14227</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>575538</x:v>
+        <x:v>580609</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
@@ -28067,51 +28071,51 @@
       <x:c r="K448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>575539</x:v>
+        <x:v>575538</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
@@ -28124,283 +28128,283 @@
       <x:c r="K449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>575540</x:v>
+        <x:v>575539</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>39022</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>14411</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>575691</x:v>
+        <x:v>575540</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>39022</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14411</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>575709</x:v>
+        <x:v>575691</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>575722</x:v>
+        <x:v>575709</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>40740</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>14227</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>580609</x:v>
+        <x:v>575722</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
@@ -28602,51 +28606,51 @@
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>575718</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -29469,51 +29473,51 @@
       <x:c r="M472" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>546585</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -29639,54 +29643,54 @@
       <x:c r="L475" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>513270</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
@@ -29811,51 +29815,51 @@
       <x:c r="L478" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>545270</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
@@ -29868,51 +29872,51 @@
       <x:c r="L479" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>568559</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
@@ -30451,51 +30455,51 @@
       <x:c r="M489" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>546551</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
@@ -30507,54 +30511,54 @@
       <x:c r="L490" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>513058</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -31028,51 +31032,51 @@
       <x:c r="L499" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>545204</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
@@ -31492,51 +31496,51 @@
       <x:c r="L507" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>568528</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
@@ -32371,69 +32375,69 @@
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>612548</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>25</x:v>
       </x:c>