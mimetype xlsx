--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -251,74 +251,74 @@
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention droit des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention activités juridiques : métiers du droit social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention justice, procès et procédures</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention droit notarial</x:t>
   </x:si>
   <x:si>
-    <x:t>83056</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>master mention droit social</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit public</x:t>
   </x:si>
   <x:si>
     <x:t>Droit public</x:t>
   </x:si>
   <x:si>
     <x:t>capacité en droit</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
@@ -350,68 +350,68 @@
   <x:si>
     <x:t>master mention administration et liquidation d'entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Droit société</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit fiscal</x:t>
   </x:si>
   <x:si>
     <x:t>Droit affaires</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit privé</x:t>
   </x:si>
   <x:si>
     <x:t>Droit privé</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit bancaire et financier</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique publique</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention droit du numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Règlement général protection données</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers du notariat</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention droit</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">diplôme d'études supérieures de notariat </x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
@@ -1052,149 +1052,149 @@
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Assistante juridique</x:t>
   </x:si>
   <x:si>
     <x:t>Ajfr</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>DU DESU droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion sport</x:t>
   </x:si>
   <x:si>
-    <x:t>ARLES</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de la transition environnementale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des affaires internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit notarial parcours droit public notarial</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours pratique des droits fondamentaux</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention administration et liquidation d'entreprises en difficulté parcours entreprises en difficulté</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit chinois des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours numérique des affaires et propriété intellectuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit du numérique parcours droit, journalisme et communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours matière pénale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit parcours droit public et carrières publiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit du numérique parcours droit des industries culturelles et créatives</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours obligations, contrats, biens</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire du droit et des institutions parcours histoire du droit et des idées politiques</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention administration et liquidation d'entreprises en difficulté parcours entreprises en difficulté</x:t>
-[...11 lines deleted...]
-    <x:t>Master mention droit pénal et sciences criminelles parcours matière pénale</x:t>
+    <x:t>Master mention droit parcours droit des affaires appliqué</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit fiscal parcours fiscalité personnelle et du patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours théorie du droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention justice, procès et procédures parcours justices et droit du procès</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit notarial parcours carrière notariale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours criminologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours sécurité intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours droit et pratique des contentieux publics</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention droit parcours droit des affaires appliqué</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention droit fiscal parcours fiscalité européenne et internationale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours droit de l'enfant</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit et pratique des contentieux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de l'urbanisme et droit de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit du numérique parcours droit des communications électroniques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit fiscal parcours droit des finances publiques et de la fiscalité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours distribution concurrence</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit rural des affaires</x:t>
@@ -1244,81 +1244,81 @@
   <x:si>
     <x:t>Licence pro mention métiers du notariat parcours métiers du notariat</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit fiscal parcours douane</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit social parcours droit des relations de travail et de la protection sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours contentieux de la responsabilité et de l'indemnisation (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management des activités maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours délinquance financière et compliance</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention activités juridiques : assistant juridique parcours métier du droit et de la justice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers du notariat parcours formaliste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention justice, procès et procédures parcours procédures civiles d'exécution</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention activités juridiques : assistant juridique parcours métier du droit de l'assurance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit des affaires parcours droit et management du transport aérien</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours contentieux et procédures civiles d'exécution</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention activités juridiques : assistant juridique parcours métier du droit de l'assurance</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention droit de l'environnement parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit des affaires parcours contentieux économique, médiation et arbitrage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit des affaires parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du notariat parcours comptable taxateur</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2274,262 +2274,262 @@
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>597423</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>38973</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>13275</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>591990</x:v>
+        <x:v>597438</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>38198</x:v>
+        <x:v>40988</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>13219</x:v>
+        <x:v>13234</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>597247</x:v>
+        <x:v>592798</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>38198</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>597438</x:v>
+        <x:v>597247</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>40988</x:v>
+        <x:v>38973</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>13234</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>592798</x:v>
+        <x:v>591990</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -2769,51 +2769,51 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>592208</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
@@ -2826,51 +2826,51 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>597246</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>13219</x:v>
@@ -3151,51 +3151,51 @@
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>592406</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38201</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -3213,51 +3213,51 @@
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>595448</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
@@ -3546,322 +3546,322 @@
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>597440</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38172</x:v>
+        <x:v>38973</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>13238</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>597445</x:v>
+        <x:v>591991</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>38158</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>597455</x:v>
+        <x:v>597266</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40070</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>13275</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592301</x:v>
+        <x:v>597455</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38158</x:v>
+        <x:v>38172</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>13238</x:v>
+      </x:c>
+      <x:c r="O35" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>597266</x:v>
+        <x:v>597445</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>38973</x:v>
+        <x:v>40070</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>591991</x:v>
+        <x:v>592301</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39262</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -3936,51 +3936,51 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>592209</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>13253</x:v>
@@ -3990,148 +3990,148 @@
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>597434</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38206</x:v>
+        <x:v>38973</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>13274</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>597446</x:v>
+        <x:v>591992</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38973</x:v>
+        <x:v>38206</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>13275</x:v>
+        <x:v>13274</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>591992</x:v>
+        <x:v>597446</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
@@ -4158,51 +4158,51 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>597420</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>13253</x:v>
@@ -4347,51 +4347,51 @@
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>618337</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -4447,148 +4447,148 @@
         <x:v>536151</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>550655</x:v>
+        <x:v>608568</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>608568</x:v>
+        <x:v>550655</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -4810,100 +4810,100 @@
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>595636</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>595637</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
@@ -4912,100 +4912,100 @@
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>595900</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>595634</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
@@ -5014,51 +5014,51 @@
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>595635</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -5129,51 +5129,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>547690</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -5427,51 +5427,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>556396</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5602,51 +5602,51 @@
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>559999</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -5718,51 +5718,51 @@
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>545998</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -5834,51 +5834,51 @@
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>546503</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -6305,57 +6305,57 @@
       <x:c r="K80" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>549535</x:v>
+        <x:v>536143</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -6365,88 +6365,88 @@
       <x:c r="K81" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>536143</x:v>
+        <x:v>549535</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>521677</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -6593,57 +6593,57 @@
       <x:c r="K85" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>515189</x:v>
+        <x:v>545140</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>212</x:v>
@@ -6654,57 +6654,57 @@
       <x:c r="K86" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>545140</x:v>
+        <x:v>515189</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -6720,51 +6720,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>549207</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6779,51 +6779,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>588311</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -7063,51 +7063,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>597498</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -7400,51 +7400,51 @@
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>554786</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -7453,114 +7453,114 @@
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>608348</x:v>
+        <x:v>507650</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>507650</x:v>
+        <x:v>608348</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
@@ -7899,51 +7899,51 @@
       <x:c r="C108" s="15" t="n">
         <x:v>41134</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>602655</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -7956,51 +7956,51 @@
         <x:v>247</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>41134</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>602651</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -8013,51 +8013,51 @@
         <x:v>251</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>41134</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>617101</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -8070,51 +8070,51 @@
         <x:v>247</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41134</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>602654</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -8718,82 +8718,82 @@
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>597457</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>590512</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8926,51 +8926,51 @@
       <x:c r="C126" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>573503</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -8983,168 +8983,168 @@
         <x:v>301</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>573504</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>597444</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>597267</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
@@ -9179,154 +9179,154 @@
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>602492</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>38158</x:v>
+        <x:v>38186</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>611986</x:v>
+        <x:v>597793</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38186</x:v>
+        <x:v>38158</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>597793</x:v>
+        <x:v>611986</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -9444,57 +9444,57 @@
       <x:c r="K135" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>552269</x:v>
+        <x:v>607300</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9503,87 +9503,87 @@
       <x:c r="K136" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>607300</x:v>
+        <x:v>552269</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39768</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>587810</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -9596,83 +9596,83 @@
         <x:v>320</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39768</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>581455</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>13253</x:v>
@@ -9731,51 +9731,51 @@
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>592405</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -9850,149 +9850,154 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>597425</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>327</x:v>
-[...1 lines deleted...]
-      <x:c r="C143" s="3" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="n">
+        <x:v>38186</x:v>
+      </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
+      <x:c r="J143" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>15457</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>593100</x:v>
+        <x:v>597421</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38186</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>597421</x:v>
+        <x:v>597452</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -10010,100 +10015,96 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>597439</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="J146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>597452</x:v>
+        <x:v>593100</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -10302,730 +10303,730 @@
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>576335</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>38158</x:v>
+        <x:v>38201</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>13262</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>576299</x:v>
+        <x:v>576297</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>38172</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>13238</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>576313</x:v>
+        <x:v>576307</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>38200</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>13219</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>576324</x:v>
+        <x:v>576311</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38206</x:v>
+        <x:v>38172</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>13274</x:v>
+        <x:v>13238</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>576328</x:v>
+        <x:v>576314</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>38171</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>13087</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>576337</x:v>
+        <x:v>576325</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>38201</x:v>
+        <x:v>38158</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>13262</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>576297</x:v>
+        <x:v>576299</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>38172</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>13238</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>576307</x:v>
+        <x:v>576313</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38159</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>13253</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>576311</x:v>
+        <x:v>576324</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38172</x:v>
+        <x:v>38206</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>13238</x:v>
+        <x:v>13274</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>576314</x:v>
+        <x:v>576328</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>38200</x:v>
+        <x:v>38171</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>13219</x:v>
+        <x:v>13087</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>576325</x:v>
+        <x:v>576337</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>38158</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>576308</x:v>
+        <x:v>576298</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>38973</x:v>
+        <x:v>38197</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>13275</x:v>
+        <x:v>13261</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>576321</x:v>
+        <x:v>576317</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -11038,399 +11039,399 @@
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>576323</x:v>
+        <x:v>576327</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38200</x:v>
+        <x:v>38198</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>576326</x:v>
+        <x:v>576341</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>576336</x:v>
+        <x:v>576308</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>38198</x:v>
+        <x:v>38973</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>13219</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>576338</x:v>
+        <x:v>576321</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38158</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>576298</x:v>
+        <x:v>576323</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38197</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>13261</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>576317</x:v>
+        <x:v>576326</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>38200</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>13219</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>576327</x:v>
+        <x:v>576336</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
@@ -11445,90 +11446,90 @@
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>576341</x:v>
+        <x:v>576338</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>576291</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
@@ -11558,51 +11559,51 @@
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>576294</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
@@ -11897,51 +11898,51 @@
       <x:c r="G178" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>576312</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
@@ -13550,382 +13551,382 @@
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>581250</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>40292</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>581246</x:v>
+        <x:v>580614</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38206</x:v>
+        <x:v>40070</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>13274</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>581251</x:v>
+        <x:v>580917</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>40292</x:v>
+        <x:v>38198</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>35006</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>580890</x:v>
+        <x:v>580925</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>40070</x:v>
+        <x:v>40292</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>13275</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>580917</x:v>
+        <x:v>580890</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38198</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>13219</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>580925</x:v>
+        <x:v>581246</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>40292</x:v>
+        <x:v>38206</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>35006</x:v>
+        <x:v>13274</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>580614</x:v>
+        <x:v>581251</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -13997,108 +13998,108 @@
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>581247</x:v>
+        <x:v>581240</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>40070</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>13275</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>580915</x:v>
+        <x:v>581252</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
@@ -14113,108 +14114,108 @@
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>581240</x:v>
+        <x:v>581247</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>40070</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>581252</x:v>
+        <x:v>580915</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>402</x:v>
@@ -14297,51 +14298,51 @@
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>599418</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>404</x:v>
@@ -14418,51 +14419,51 @@
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>556086</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>404</x:v>