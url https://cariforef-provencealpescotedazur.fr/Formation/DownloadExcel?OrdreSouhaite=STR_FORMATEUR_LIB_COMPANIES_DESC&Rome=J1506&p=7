--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -377,92 +377,92 @@
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>Instituts de formations paramédicales du Centre hospitalier Edmond Garcin d'Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13677</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de formation aux professions paramédicales - Centre hospitalier universitaire de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
+    <x:t>IFSI Capelette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>IFSI Saint-Jacques</x:t>
   </x:si>
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>IFSI Capelette</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>IFPVPS</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>BOULOURIS</x:t>
   </x:si>
   <x:si>
     <x:t>05007</x:t>
   </x:si>
   <x:si>
     <x:t>IFAS</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>IFSI d'Aix-en-Provence</x:t>
@@ -521,86 +521,86 @@
   <x:si>
     <x:t>Agent de la fonction publique d'Etat , Agent de la fonction publique hospitalière , Demandeur d'emploi , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement de Coopération Sanitaire de Institut de Formation Public Varois des Professions de Santé</x:t>
   </x:si>
   <x:si>
+    <x:t>GCS IFPVPS</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>GCS IFPVPS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>09/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l'entrée en Institut de Formation en Soins Infirmiers (IFSI) - filière formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Préparation à l'entrée en Institut de Formation en Soins Infirmiers (IFSI) - filière formation professionnelle continue</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse (IFSI-IFAS) - site de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence Provence-Alpes-Côte d'Azur et Corse (IFSI-IFAS) - Site de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse (IFSI-IFAS) - site d'Ollioules</x:t>
   </x:si>
   <x:si>
     <x:t>83192</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence Provence-Alpes-Côte d'Azur et Corse (IFSI - IFAS) - Site d'Ollioules</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Toulon-Ollioules - Sanitaire</x:t>
@@ -614,101 +614,101 @@
   <x:si>
     <x:t>06/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Marseille Saint Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation des Alpes Maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRF PACA CORSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État d'infirmier (pour médecins étrangers)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion logistique et financière (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
-    <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination travail</x:t>
   </x:si>
   <x:si>
+    <x:t>02/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion des partenaires (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/07/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion des partenaires (préparation également possible par Bloc(s) de compétences)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse - site de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Compétence PACA et Corse - Site de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Hospitalier Universitaire de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>CHU</x:t>
   </x:si>
   <x:si>
     <x:t>06009</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Hospitalier Sainte Marie</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
@@ -773,114 +773,114 @@
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Hospitalier de Cannes Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'infirmier(ière) pour maïeuticiens étrangers</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Hospitalier d'Aubagne Edmond Garcin</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagnement flash diplôme d'état infirmier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État d'infirmier pour médecins français ou étrangers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/13/2028 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Centre Hospitalier d'Arles Joseph Imbert</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Centre gérontologique départemental 13</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Gérontologique Départemental</x:t>
   </x:si>
   <x:si>
     <x:t>CGD</x:t>
   </x:si>
   <x:si>
     <x:t>13375</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour la Formation Sociale et Médico-sociale de Marseille et du Sud-Est - La Blancarde</x:t>
   </x:si>
   <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>AFSMSMSE LA BLANCARDE</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance Publique des Hôpitaux de Marseille - Institut Régional de Formations Spécialisées en Santé Houphouet Boigny</x:t>
   </x:si>
   <x:si>
     <x:t>IRFSS</x:t>
   </x:si>
   <x:si>
     <x:t>13314</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
@@ -2604,357 +2604,357 @@
       <x:c r="T21" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>594016</x:v>
+        <x:v>594030</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>594020</x:v>
+        <x:v>594028</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>594030</x:v>
+        <x:v>594031</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>594028</x:v>
+        <x:v>594010</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>594031</x:v>
+        <x:v>594015</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>594010</x:v>
+        <x:v>594016</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
@@ -2967,51 +2967,51 @@
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>594015</x:v>
+        <x:v>594020</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -3978,774 +3978,773 @@
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>576280</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>598647</x:v>
+        <x:v>525221</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>476314</x:v>
+        <x:v>525223</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>525221</x:v>
+        <x:v>598647</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>525223</x:v>
+        <x:v>476314</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G50" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>476312</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
-      <x:c r="E51" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="J51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>43448</x:v>
+        <x:v>15073</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>476313</x:v>
+        <x:v>577272</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E52" s="14" t="s"/>
+      <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="J52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>43448</x:v>
+        <x:v>43409</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>575882</x:v>
+        <x:v>576296</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>575883</x:v>
+        <x:v>476313</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="C54" s="15" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="n">
+        <x:v>39923</x:v>
+      </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s"/>
-      <x:c r="F54" s="14" t="s"/>
+      <x:c r="E54" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F54" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G54" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="J54" s="14" t="s"/>
+      <x:c r="J54" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>43409</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>576296</x:v>
+        <x:v>575882</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>575881</x:v>
+        <x:v>575883</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F56" s="14" t="s"/>
+      <x:c r="F56" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G56" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>525222</x:v>
+        <x:v>575881</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>141</x:v>
-[...1 lines deleted...]
-      <x:c r="C57" s="3" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="n">
+        <x:v>39923</x:v>
+      </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>15073</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>577272</x:v>
+        <x:v>525222</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -4847,456 +4846,456 @@
       <x:c r="C60" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>611518</x:v>
+        <x:v>554072</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>491222</x:v>
+        <x:v>611518</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>505671</x:v>
+        <x:v>491222</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>554072</x:v>
+        <x:v>505671</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>491220</x:v>
+        <x:v>505669</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>554073</x:v>
+        <x:v>491220</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>505669</x:v>
+        <x:v>554073</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>611357</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -5311,1386 +5310,1388 @@
       <x:c r="C68" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>554074</x:v>
+        <x:v>491215</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>491215</x:v>
+        <x:v>505670</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>505670</x:v>
+        <x:v>611329</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>611329</x:v>
+        <x:v>554074</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="n">
+        <x:v>39923</x:v>
+      </x:c>
+      <x:c r="D72" s="15" t="s"/>
+      <x:c r="E72" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F72" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G72" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C72" s="15" t="n">
-[...5 lines deleted...]
-      <x:c r="G72" s="14" t="s">
+      <x:c r="H72" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H72" s="14" t="s">
+      <x:c r="I72" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I72" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>32068</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>614453</x:v>
+        <x:v>578503</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
-      <x:c r="E73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G73" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H73" s="0" t="s">
+      <x:c r="I73" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I73" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>533408</x:v>
+        <x:v>498046</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
+      <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H74" s="14" t="s">
+      <x:c r="I74" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I74" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>578502</x:v>
+        <x:v>586584</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>39923</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
-      <x:c r="E75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G75" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H75" s="0" t="s">
+      <x:c r="I75" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I75" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>43448</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>529626</x:v>
+        <x:v>614455</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G76" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H76" s="14" t="s">
+      <x:c r="I76" s="16" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>477719</x:v>
+        <x:v>477717</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="n">
+        <x:v>39923</x:v>
+      </x:c>
+      <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F77" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G77" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C77" s="3" t="n">
-[...3 lines deleted...]
-      <x:c r="G77" s="0" t="s">
+      <x:c r="H77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H77" s="0" t="s">
+      <x:c r="I77" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I77" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>32068</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>614456</x:v>
+        <x:v>477721</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="n">
+        <x:v>39923</x:v>
+      </x:c>
+      <x:c r="D78" s="15" t="s"/>
+      <x:c r="E78" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F78" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C78" s="15" t="n">
-[...5 lines deleted...]
-      <x:c r="G78" s="14" t="s">
+      <x:c r="H78" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H78" s="14" t="s">
+      <x:c r="I78" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I78" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>32068</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>614457</x:v>
+        <x:v>578502</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H79" s="0" t="s">
+      <x:c r="I79" s="4" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>532676</x:v>
+        <x:v>529626</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H80" s="14" t="s">
+      <x:c r="I80" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I80" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>614450</x:v>
+        <x:v>614449</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H81" s="0" t="s">
+      <x:c r="I81" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I81" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>614451</x:v>
+        <x:v>614453</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H82" s="14" t="s">
+      <x:c r="I82" s="16" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>578505</x:v>
+        <x:v>533408</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>39923</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
-      <x:c r="E83" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G83" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H83" s="0" t="s">
+      <x:c r="I83" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I83" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>43448</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>578503</x:v>
+        <x:v>614450</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>39923</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
+      <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H84" s="14" t="s">
+      <x:c r="I84" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I84" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>43448</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>477717</x:v>
+        <x:v>614451</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H85" s="0" t="s">
+      <x:c r="I85" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I85" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>586584</x:v>
+        <x:v>477719</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>39923</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H86" s="14" t="s">
+      <x:c r="I86" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I86" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>43448</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>498046</x:v>
+        <x:v>614456</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H87" s="0" t="s">
+      <x:c r="I87" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I87" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>614455</x:v>
+        <x:v>614457</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H88" s="14" t="s">
+      <x:c r="I88" s="16" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>477721</x:v>
+        <x:v>532676</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>41304</x:v>
+        <x:v>39923</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H89" s="0" t="s">
+      <x:c r="I89" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I89" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>32068</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>614449</x:v>
+        <x:v>578505</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H90" s="14" t="s">
+      <x:c r="I90" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="I90" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>614447</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7001,51 +7002,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>583340</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -7259,193 +7260,193 @@
       <x:c r="U100" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>478038</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G102" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>576159</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>528826</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
@@ -7778,51 +7779,51 @@
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>576157</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>83</x:v>
@@ -8465,645 +8466,644 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>577986</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
+      <x:c r="E121" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>612726</x:v>
+        <x:v>576261</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="U121" s="4" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>576261</x:v>
+        <x:v>583253</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
-      <x:c r="E123" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="J123" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>476317</x:v>
+        <x:v>612753</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>573754</x:v>
+        <x:v>525200</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
-      <x:c r="E125" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>525200</x:v>
+        <x:v>573754</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
-        <x:v>55</x:v>
-[...1 lines deleted...]
-      <x:c r="F126" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F126" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G126" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>583253</x:v>
+        <x:v>476317</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>240</x:v>
-[...1 lines deleted...]
-      <x:c r="C127" s="3" t="s"/>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C127" s="3" t="n">
+        <x:v>39923</x:v>
+      </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
+      <x:c r="J127" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>612753</x:v>
+        <x:v>612726</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>576132</x:v>
+        <x:v>527202</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>476389</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F130" s="14" t="s"/>
+      <x:c r="F130" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G130" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>527202</x:v>
+        <x:v>576132</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9146,51 +9146,51 @@
         <x:v>77</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>594019</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -9422,293 +9422,293 @@
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>477535</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="R137" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="R137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>476371</x:v>
+        <x:v>583235</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G138" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="I138" s="16" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="R138" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="R138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>575919</x:v>
+        <x:v>476371</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
+      <x:c r="F139" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="I139" s="4" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="R139" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="R139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>524212</x:v>
+        <x:v>575919</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="R140" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="R140" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>583235</x:v>
+        <x:v>524212</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
@@ -9724,51 +9724,51 @@
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>533383</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G142" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -9778,51 +9778,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>478079</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -9847,51 +9847,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>533384</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G144" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -10025,60 +10025,60 @@
       <x:c r="J146" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>533382</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -10214,51 +10214,51 @@
       <x:c r="J149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>576637</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38988</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
@@ -10597,51 +10597,51 @@
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>43412</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>589586</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -10649,193 +10649,192 @@
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>43412</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>589600</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F158" s="14" t="s"/>
+      <x:c r="F158" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G158" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>572951</x:v>
+        <x:v>580172</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>580172</x:v>
+        <x:v>572951</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 