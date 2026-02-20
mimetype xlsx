--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -611,81 +611,81 @@
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien en chaudronnerie (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Fabriquer un ensemble chaudronné courant - Bloc de compétences du titre professionnel Technicien en chaudronnerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Monteur en tuyauterie chaudronnerie sur sites sensibles et sécurisés</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Tuyauterie</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Fabriquer un ensemble chaudronné courant - Bloc de compétences du titre professionnel Technicien en chaudronnerie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en chaudronnerie</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
@@ -2110,117 +2110,117 @@
       <x:c r="K16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>605643</x:v>
+        <x:v>550207</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>550207</x:v>
+        <x:v>550243</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>73</x:v>
@@ -2245,103 +2245,103 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>500951</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>550243</x:v>
+        <x:v>605643</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>73</x:v>
@@ -4416,222 +4416,222 @@
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>572449</x:v>
+        <x:v>493605</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>514444</x:v>
+        <x:v>543658</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>493605</x:v>
+        <x:v>572449</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>543658</x:v>
+        <x:v>514444</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -5219,326 +5219,326 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>509245</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>554809</x:v>
+        <x:v>597741</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>509240</x:v>
+        <x:v>554809</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>572447</x:v>
+        <x:v>509240</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>554810</x:v>
+        <x:v>572447</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>541906</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
@@ -5553,114 +5553,114 @@
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>572446</x:v>
+        <x:v>541906</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38432</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>22871</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>588551</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -5669,114 +5669,114 @@
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>588552</x:v>
+        <x:v>588551</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>38568</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>597741</x:v>
+        <x:v>588552</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -6149,161 +6149,162 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>550210</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>39514</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>606940</x:v>
+        <x:v>451221</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>451221</x:v>
+        <x:v>606940</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -6567,164 +6568,164 @@
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>602862</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>550208</x:v>
+        <x:v>605737</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>40801</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>605737</x:v>
+        <x:v>550208</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>73</x:v>
@@ -6809,225 +6810,225 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>605642</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>605689</x:v>
+        <x:v>500955</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>40801</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>605736</x:v>
+        <x:v>605689</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>500955</x:v>
+        <x:v>605736</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -7825,203 +7826,204 @@
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>606570</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C115" s="3" t="s"/>
+      <x:c r="C115" s="3" t="n">
+        <x:v>34858</x:v>
+      </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>23084</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>574355</x:v>
+        <x:v>575482</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>23084</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>575481</x:v>
+        <x:v>574355</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>34858</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>575482</x:v>
+        <x:v>575481</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40801</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
@@ -8033,51 +8035,51 @@
       <x:c r="J118" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>618227</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>34858</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -8107,196 +8109,196 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>553950</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>566397</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>574356</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>566340</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40801</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -8309,51 +8311,51 @@
       <x:c r="J123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>618052</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>34858</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
@@ -8385,266 +8387,267 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>553931</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>34858</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>575400</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>574347</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C127" s="3" t="s"/>
+      <x:c r="C127" s="3" t="n">
+        <x:v>34858</x:v>
+      </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
+      <x:c r="J127" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>23084</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>574348</x:v>
+        <x:v>575399</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>23084</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>575399</x:v>
+        <x:v>574348</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40801</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>36</x:v>
       </x:c>