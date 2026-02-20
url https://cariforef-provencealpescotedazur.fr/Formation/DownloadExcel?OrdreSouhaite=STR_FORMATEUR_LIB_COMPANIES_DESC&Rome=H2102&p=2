--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -398,62 +398,62 @@
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Hygiène et sécurité alimentaire obligatoire</x:t>
   </x:si>
   <x:si>
     <x:t>Neptune RH</x:t>
   </x:si>
   <x:si>
     <x:t>NRH</x:t>
   </x:si>
   <x:si>
     <x:t>84400</x:t>
   </x:si>
   <x:si>
     <x:t>APT</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/03/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>HACCP | restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode haccp</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de la Roque d'Anthéron</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13640</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
@@ -491,81 +491,81 @@
   <x:si>
     <x:t>Autre public , Handicapé</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel et Technologique La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/05/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/07/2028 00:00:00</x:t>
+    <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualité sécurité agroalimentaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole opérateur en industries agroalimentaires option transformation de produits alimentaires (Apprentissage)</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>CAP production et service en restaurations (rapide, collective, cafétéria)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade - site Jules Ferry</x:t>
   </x:si>
@@ -2877,51 +2877,51 @@
       <x:c r="K23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21572</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>606690</x:v>
+        <x:v>588266</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -2932,51 +2932,51 @@
       <x:c r="K24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>21572</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>588266</x:v>
+        <x:v>606690</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>39</x:v>
@@ -3398,54 +3398,54 @@
       <x:c r="K32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>547457</x:v>
+        <x:v>606968</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -3514,167 +3514,167 @@
       <x:c r="K34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>606968</x:v>
+        <x:v>547457</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38876</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>611629</x:v>
+        <x:v>611635</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>38876</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>611635</x:v>
+        <x:v>611629</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -3977,255 +3977,255 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>592494</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>550310</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>604287</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>596448</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -5997,225 +5997,225 @@
       <x:c r="J78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>493607</x:v>
+        <x:v>543652</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>543651</x:v>
+        <x:v>493608</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>543652</x:v>
+        <x:v>493607</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>493608</x:v>
+        <x:v>543651</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>188</x:v>
@@ -6226,57 +6226,57 @@
       <x:c r="K82" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>498624</x:v>
+        <x:v>455028</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -6286,57 +6286,57 @@
       <x:c r="K83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>455028</x:v>
+        <x:v>548841</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>188</x:v>
@@ -6347,57 +6347,57 @@
       <x:c r="K84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>548841</x:v>
+        <x:v>498624</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -6831,57 +6831,57 @@
       <x:c r="K92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>498620</x:v>
+        <x:v>455024</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -6891,57 +6891,57 @@
       <x:c r="K93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>455024</x:v>
+        <x:v>498620</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
@@ -7106,57 +7106,57 @@
       <x:c r="K97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>608449</x:v>
+        <x:v>555795</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>131</x:v>
@@ -7227,57 +7227,57 @@
       <x:c r="K99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>555795</x:v>
+        <x:v>608449</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>276</x:v>
@@ -7288,57 +7288,57 @@
       <x:c r="K100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>500460</x:v>
+        <x:v>570586</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
@@ -7348,57 +7348,57 @@
       <x:c r="K101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>570586</x:v>
+        <x:v>500460</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>93</x:v>
@@ -7406,299 +7406,299 @@
       <x:c r="J102" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>501522</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37491</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>553678</x:v>
+        <x:v>604868</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>604868</x:v>
+        <x:v>604902</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>37491</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>604902</x:v>
+        <x:v>604870</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>604870</x:v>
+        <x:v>553678</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -7711,57 +7711,57 @@
       <x:c r="K107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>604797</x:v>
+        <x:v>553242</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>93</x:v>
@@ -7772,57 +7772,57 @@
       <x:c r="K108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>501673</x:v>
+        <x:v>604797</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -7832,118 +7832,118 @@
       <x:c r="K109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>553242</x:v>
+        <x:v>501673</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>501838</x:v>
+        <x:v>553320</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -7953,293 +7953,293 @@
       <x:c r="K111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>501773</x:v>
+        <x:v>604124</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>37491</x:v>
+        <x:v>40683</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>604124</x:v>
+        <x:v>579340</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>37491</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>553320</x:v>
+        <x:v>553344</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>40683</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>553344</x:v>
+        <x:v>604090</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>40683</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>604090</x:v>
+        <x:v>604135</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>279</x:v>
@@ -8256,117 +8256,117 @@
       <x:c r="K116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>604135</x:v>
+        <x:v>501838</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>40683</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>579340</x:v>
+        <x:v>501773</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>93</x:v>
@@ -8558,57 +8558,57 @@
       <x:c r="K121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>552706</x:v>
+        <x:v>501900</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>93</x:v>
@@ -8619,57 +8619,57 @@
       <x:c r="K122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>501900</x:v>
+        <x:v>607535</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -8679,57 +8679,57 @@
       <x:c r="K123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>607535</x:v>
+        <x:v>552706</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
@@ -9092,51 +9092,51 @@
       <x:c r="J131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>572763</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -9622,232 +9622,232 @@
       <x:c r="G140" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>583940</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38876</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>496612</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38876</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>605864</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38876</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>549804</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
@@ -10093,57 +10093,57 @@
       <x:c r="K148" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>548839</x:v>
+        <x:v>455026</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -10153,57 +10153,57 @@
       <x:c r="K149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>498622</x:v>
+        <x:v>548839</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>188</x:v>
@@ -10214,57 +10214,57 @@
       <x:c r="K150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>455026</x:v>
+        <x:v>498622</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>