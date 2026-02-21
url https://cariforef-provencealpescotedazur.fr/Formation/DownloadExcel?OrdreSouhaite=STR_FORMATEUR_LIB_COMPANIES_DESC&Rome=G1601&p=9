--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -3812,57 +3812,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>469554</x:v>
+        <x:v>559036</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>110</x:v>
@@ -3873,57 +3873,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>559036</x:v>
+        <x:v>469554</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -4283,57 +4283,57 @@
       <x:c r="K49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>547522</x:v>
+        <x:v>605969</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -4342,57 +4342,57 @@
       <x:c r="K50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>605969</x:v>
+        <x:v>547522</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -5980,57 +5980,57 @@
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>509801</x:v>
+        <x:v>507615</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
@@ -6039,57 +6039,57 @@
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>507615</x:v>
+        <x:v>509801</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -7237,57 +7237,57 @@
       <x:c r="K101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>553674</x:v>
+        <x:v>604840</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>74</x:v>
@@ -7298,57 +7298,57 @@
       <x:c r="K102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>520717</x:v>
+        <x:v>553674</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -7358,57 +7358,57 @@
       <x:c r="K103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>604840</x:v>
+        <x:v>520717</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>74</x:v>
@@ -7782,57 +7782,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>604083</x:v>
+        <x:v>553313</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38527</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -7842,57 +7842,57 @@
       <x:c r="K111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>553313</x:v>
+        <x:v>604083</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>74</x:v>