--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -854,60 +854,60 @@
   <x:si>
     <x:t>2. Habilitation électrique : Opérations d'ordre électrique simples et manoeuvres BS-BE</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Plombier chauffagiste</x:t>
   </x:si>
   <x:si>
     <x:t>Performance énergétique bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP Métiers de la piscine</x:t>
   </x:si>
   <x:si>
     <x:t>4. Habilitation électrique : Recyclage du personnel - Opérations d'ordre électrique simples et manoeuvres BS et/ou BE</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel plombier chauffagiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre Professionnel Installateur en thermique et sanitaire (TP ITS)</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CQP installateur-mainteneur de système de pompe à chaleur</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Bâtiment second oeuvre</x:t>
   </x:si>
@@ -7752,385 +7752,383 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>610935</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>259</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>15417</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>523517</x:v>
+        <x:v>614259</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>614259</x:v>
+        <x:v>606223</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>606223</x:v>
+        <x:v>610933</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>253</x:v>
-[...1 lines deleted...]
-      <x:c r="C99" s="3" t="s"/>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C99" s="3" t="n">
+        <x:v>38339</x:v>
+      </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>610933</x:v>
+        <x:v>523517</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>41909</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s"/>
-      <x:c r="F100" s="14" t="s"/>
+      <x:c r="E100" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F100" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
       <x:c r="G100" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>606247</x:v>
+        <x:v>613027</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>41909</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>613027</x:v>
+        <x:v>606247</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
@@ -8295,51 +8293,51 @@
         <x:v>266</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39357</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>583874</x:v>
       </x:c>
@@ -8565,124 +8563,124 @@
       <x:c r="S109" s="0" t="n">
         <x:v>588539</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G110" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>579798</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>614735</x:v>
       </x:c>
@@ -8760,110 +8758,110 @@
         <x:v>287</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37644</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24146</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>583878</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G114" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>614734</x:v>
       </x:c>
@@ -8942,51 +8940,51 @@
         <x:v>295</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G116" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>583869</x:v>
       </x:c>
@@ -9141,51 +9139,51 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>493634</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>40</x:v>
@@ -9220,51 +9218,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>583759</x:v>
       </x:c>
@@ -9499,51 +9497,51 @@
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>611296</x:v>
       </x:c>
@@ -9554,51 +9552,51 @@
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>602490</x:v>
       </x:c>
@@ -9607,51 +9605,51 @@
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22677</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>615841</x:v>
       </x:c>
@@ -11292,51 +11290,51 @@
         <x:v>354</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>601743</x:v>
       </x:c>
@@ -12572,51 +12570,51 @@
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>613408</x:v>
       </x:c>
@@ -13151,164 +13149,164 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>552886</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>604242</x:v>
+        <x:v>552896</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>552896</x:v>
+        <x:v>604242</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
@@ -13998,103 +13996,103 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>502324</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>604712</x:v>
+        <x:v>552815</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>413</x:v>
@@ -14119,103 +14117,103 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>552790</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>552815</x:v>
+        <x:v>604712</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>37291</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>186</x:v>
@@ -15206,218 +15204,218 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>548343</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>548336</x:v>
+        <x:v>603954</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>603954</x:v>
+        <x:v>503502</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>503502</x:v>
+        <x:v>548336</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -15438,275 +15436,275 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>548326</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>548387</x:v>
+        <x:v>604042</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>548389</x:v>
+        <x:v>548387</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>604028</x:v>
+        <x:v>548389</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>604043</x:v>
+        <x:v>604028</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
@@ -15715,173 +15713,173 @@
       <x:c r="K236" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>604042</x:v>
+        <x:v>604043</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>604032</x:v>
+        <x:v>448802</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>448802</x:v>
+        <x:v>604032</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -17455,114 +17453,114 @@
       <x:c r="K266" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>503301</x:v>
+        <x:v>603298</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>503302</x:v>
+        <x:v>503301</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
@@ -17571,114 +17569,114 @@
       <x:c r="K268" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>548240</x:v>
+        <x:v>503302</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>548241</x:v>
+        <x:v>548240</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
@@ -17687,54 +17685,54 @@
       <x:c r="K270" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>603298</x:v>
+        <x:v>548241</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
@@ -17758,159 +17756,159 @@
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>548282</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>503337</x:v>
+        <x:v>548285</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>603387</x:v>
+        <x:v>503337</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
@@ -17919,57 +17917,57 @@
       <x:c r="K274" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>548285</x:v>
+        <x:v>603387</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -19034,153 +19032,153 @@
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>603235</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>503292</x:v>
+        <x:v>603189</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>603189</x:v>
+        <x:v>603193</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>439</x:v>
@@ -19195,57 +19193,57 @@
       <x:c r="K296" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>603193</x:v>
+        <x:v>503292</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -20665,51 +20663,51 @@
         <x:v>295</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G322" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>583867</x:v>
       </x:c>
@@ -21375,51 +21373,51 @@
         <x:v>190</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>610455</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -21429,51 +21427,51 @@
       <x:c r="S335" s="0" t="n">
         <x:v>613255</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s"/>
       <x:c r="L336" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>132</x:v>
@@ -23446,159 +23444,159 @@
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>525926</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>571593</x:v>
+        <x:v>554802</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>554802</x:v>
+        <x:v>571593</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
@@ -25245,249 +25243,249 @@
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>576749</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>612082</x:v>
+        <x:v>539608</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>539608</x:v>
+        <x:v>575405</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>575405</x:v>
+        <x:v>612082</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G404" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>579797</x:v>
       </x:c>
@@ -25738,51 +25736,51 @@
         <x:v>295</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>583868</x:v>
       </x:c>
@@ -26193,129 +26191,129 @@
       <x:c r="S416" s="14" t="n">
         <x:v>569498</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>571259</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G418" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>579796</x:v>
       </x:c>
@@ -26334,114 +26332,114 @@
         <x:v>295</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>583814</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>41909</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G420" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>613016</x:v>
       </x:c>
@@ -26591,235 +26589,235 @@
       <x:c r="J423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>569497</x:v>
+        <x:v>570907</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>570905</x:v>
+        <x:v>569497</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>554800</x:v>
+        <x:v>570905</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>570907</x:v>
+        <x:v>554800</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -26840,76 +26838,76 @@
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>575406</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>41909</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G428" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>613015</x:v>
       </x:c>
@@ -28316,844 +28314,844 @@
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>597964</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>597864</x:v>
+        <x:v>597948</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>597886</x:v>
+        <x:v>597956</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>597889</x:v>
+        <x:v>597965</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>597896</x:v>
+        <x:v>597971</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>597948</x:v>
+        <x:v>597864</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>597956</x:v>
+        <x:v>597886</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>597965</x:v>
+        <x:v>597889</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>597971</x:v>
+        <x:v>597896</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>597968</x:v>
+        <x:v>597875</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>597970</x:v>
+        <x:v>597885</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>597973</x:v>
+        <x:v>597890</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>597875</x:v>
+        <x:v>597897</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>597885</x:v>
+        <x:v>597968</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>597890</x:v>
+        <x:v>597970</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>597897</x:v>
+        <x:v>597973</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>39</x:v>