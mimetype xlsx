--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -389,68 +389,68 @@
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/20/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP métiers de la piscine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Piscine</x:t>
@@ -464,77 +464,77 @@
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien en énergies renouvelables option A : énergie électrique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Golf Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro installateur en chauffage, climatisation et énergies renouvelables (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climatisation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Poutrain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP monteur en installations sanitaires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
-    <x:t>Climatisation</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Certificat de spécialisation technicien en énergies renouvelables option B : énergie thermique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>CAP monteur en installations thermiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
@@ -944,68 +944,68 @@
   <x:si>
     <x:t>Installation et maintenance de pompes à chaleur + habilitations fluides frigorigènes (FTJ)</x:t>
   </x:si>
   <x:si>
     <x:t>Pompe à chaleur</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO ICCER - Installateur en Chauffage, Climatisation et Energies Renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>CQP installateur mainteneur en systèmes solaires thermiques et photovoltaïques</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie solaire photovoltaïque</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel installateur en thermique et sanitaire - Compétences climat construction durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel installateur en thermique et sanitaire - Compétences climat construction durable</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel installateur en thermique et sanitaire - Compétences climat RGE</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Technicien en énergies renouvelables - Option B : Energie thermique (ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BS - BE</x:t>
   </x:si>
   <x:si>
     <x:t>France Formation Sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>FFS</x:t>
@@ -1655,92 +1655,92 @@
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/28/2027 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>12/24/2027 00:00:00</x:t>
+    <x:t>04/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/05/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
+    <x:t>04/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/08/2027 00:00:00</x:t>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/24/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien d'installation en équipements de confort climatique</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Plombier-chauffagiste</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
@@ -1799,123 +1799,123 @@
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formateur habilitation électrique, niveau électricien B0 - BP - BS - BE - B1 - B1V - B2 - B2V - BC - BR - BE Essai - H0 - H0V + Habilitation électrique BC chargé de consignation, basse tension</x:t>
+  </x:si>
+  <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
-    <x:t>07/19/2027 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien basse et haute tension BP - BE - BS - B1 - B1V - B2 - B2V - BC - BR - HE -  H0 - H1 - H2 - HC - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau non électricien B0 - BP - BS - BE manœuvre - H0 - H0V</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien B0 - BP - BS - BE - B1 - B1V - B2 - B2V - BC - BR - BE Essai - H0 - H0V - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -3875,51 +3875,51 @@
       <x:c r="K27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>605143</x:v>
+        <x:v>605149</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>92</x:v>
@@ -3982,51 +3982,51 @@
       <x:c r="K29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>605149</x:v>
+        <x:v>605143</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>66</x:v>
@@ -4336,80 +4336,80 @@
       <x:c r="K35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>605509</x:v>
+        <x:v>547534</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -4452,57 +4452,57 @@
       <x:c r="K37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>547534</x:v>
+        <x:v>605509</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>61</x:v>
@@ -4598,55 +4598,55 @@
         <x:v>556821</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -4656,54 +4656,54 @@
       <x:c r="S40" s="14" t="n">
         <x:v>605508</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -4714,55 +4714,55 @@
         <x:v>605518</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -5513,55 +5513,55 @@
         <x:v>596330</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -5571,54 +5571,54 @@
       <x:c r="S56" s="14" t="n">
         <x:v>547524</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -5629,55 +5629,55 @@
         <x:v>547661</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -5687,54 +5687,54 @@
       <x:c r="S58" s="14" t="n">
         <x:v>494771</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -6191,129 +6191,129 @@
       <x:c r="T67" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>596323</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>593096</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
@@ -7221,54 +7221,54 @@
       <x:c r="L86" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>597925</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>39</x:v>
@@ -7978,222 +7978,224 @@
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>610933</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38339</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>15417</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>553998</x:v>
+        <x:v>606247</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>41909</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
+      <x:c r="E101" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>606247</x:v>
+        <x:v>613027</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>41909</x:v>
+        <x:v>38339</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
+      <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>613027</x:v>
+        <x:v>553998</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8793,101 +8795,99 @@
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>583878</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
-        <x:v>58</x:v>
-[...1 lines deleted...]
-      <x:c r="F114" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F114" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="G114" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>565906</x:v>
+        <x:v>614734</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
@@ -8917,99 +8917,101 @@
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>583869</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>283</x:v>
-[...1 lines deleted...]
-      <x:c r="C116" s="15" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="J116" s="14" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="J116" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>22675</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>614734</x:v>
+        <x:v>565906</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>38</x:v>
@@ -9093,417 +9095,417 @@
       <x:c r="R118" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>615144</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>493634</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>579816</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>583759</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>543686</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>578964</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>578965</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>543719</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
@@ -11005,304 +11007,304 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>608906</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>340</x:v>
-[...1 lines deleted...]
-      <x:c r="C154" s="15" t="s"/>
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C154" s="15" t="n">
+        <x:v>39959</x:v>
+      </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="J154" s="14" t="s"/>
+      <x:c r="J154" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>24162</x:v>
+        <x:v>22672</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>607200</x:v>
+        <x:v>608359</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>609608</x:v>
+        <x:v>607200</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>609609</x:v>
+        <x:v>609608</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>24162</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>607198</x:v>
+        <x:v>609609</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>345</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="J158" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>22672</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>608359</x:v>
+        <x:v>607198</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -13089,273 +13091,273 @@
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>598195</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>552886</x:v>
+        <x:v>552896</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>604242</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>552896</x:v>
+        <x:v>552886</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>604244</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
@@ -13372,51 +13374,51 @@
       <x:c r="I196" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>502065</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
@@ -13432,51 +13434,51 @@
       <x:c r="I197" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>552895</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
@@ -13493,51 +13495,51 @@
       <x:c r="I198" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>604243</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
@@ -13553,51 +13555,51 @@
       <x:c r="I199" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>604245</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
@@ -13614,51 +13616,51 @@
       <x:c r="I200" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>552885</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
@@ -13997,103 +13999,103 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>502324</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>604712</x:v>
+        <x:v>552815</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>413</x:v>
@@ -14118,103 +14120,103 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>552790</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>552815</x:v>
+        <x:v>604712</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>37291</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>186</x:v>
@@ -14231,51 +14233,51 @@
       <x:c r="M210" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>551896</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -14352,51 +14354,51 @@
       <x:c r="M212" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>551898</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -15089,391 +15091,391 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>604006</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>548326</x:v>
+        <x:v>548338</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>503502</x:v>
+        <x:v>548343</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>548336</x:v>
+        <x:v>503502</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>603954</x:v>
+        <x:v>548336</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>548338</x:v>
+        <x:v>603954</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>39297</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>548343</x:v>
+        <x:v>548326</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
@@ -15669,218 +15671,218 @@
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>604043</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>604032</x:v>
+        <x:v>604042</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>448802</x:v>
+        <x:v>604032</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>604042</x:v>
+        <x:v>448802</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -17409,275 +17411,275 @@
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>548263</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>548282</x:v>
+        <x:v>503301</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>503337</x:v>
+        <x:v>503302</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>603387</x:v>
+        <x:v>548240</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>548285</x:v>
+        <x:v>548241</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
@@ -17686,346 +17688,346 @@
       <x:c r="K270" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>503301</x:v>
+        <x:v>603298</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>503302</x:v>
+        <x:v>548282</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>548240</x:v>
+        <x:v>503337</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>548241</x:v>
+        <x:v>603387</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>603298</x:v>
+        <x:v>548285</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>603291</x:v>
+        <x:v>548236</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
@@ -18150,57 +18152,57 @@
       <x:c r="K278" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>548236</x:v>
+        <x:v>603291</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -18917,212 +18919,212 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>603192</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>37919</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>548210</x:v>
+        <x:v>603190</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>548211</x:v>
+        <x:v>603235</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>548212</x:v>
+        <x:v>548210</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
@@ -19135,289 +19137,289 @@
       <x:c r="K295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>503292</x:v>
+        <x:v>548211</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>603189</x:v>
+        <x:v>548212</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>603193</x:v>
+        <x:v>603189</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>37919</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>603190</x:v>
+        <x:v>603193</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>603235</x:v>
+        <x:v>503292</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
@@ -19426,283 +19428,283 @@
       <x:c r="K300" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>603170</x:v>
+        <x:v>503189</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>503189</x:v>
+        <x:v>548403</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>603124</x:v>
+        <x:v>548425</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>548403</x:v>
+        <x:v>603124</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>548425</x:v>
+        <x:v>548423</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
@@ -19715,57 +19717,57 @@
       <x:c r="K305" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>548423</x:v>
+        <x:v>603170</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
@@ -20571,51 +20573,51 @@
       <x:c r="M320" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>524096</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
@@ -20631,51 +20633,51 @@
       <x:c r="M321" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>524093</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G322" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -20694,51 +20696,51 @@
       <x:c r="M322" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>583867</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
@@ -21377,127 +21379,127 @@
         <x:v>610455</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>613255</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s"/>
       <x:c r="L336" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>613257</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>499</x:v>
@@ -21681,111 +21683,111 @@
       <x:c r="I340" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>591787</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>585084</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
@@ -21802,51 +21804,51 @@
       <x:c r="I342" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>585083</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
@@ -22053,51 +22055,51 @@
       <x:c r="L346" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>587263</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
@@ -22113,51 +22115,51 @@
       <x:c r="L347" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>587264</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>507</x:v>
@@ -22366,104 +22368,104 @@
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>573625</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>566842</x:v>
+        <x:v>570729</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -22473,118 +22475,118 @@
       <x:c r="K353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>591790</x:v>
+        <x:v>615714</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>570729</x:v>
+        <x:v>566842</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -22594,54 +22596,54 @@
       <x:c r="K355" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>615714</x:v>
+        <x:v>591790</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>507</x:v>
@@ -22655,54 +22657,54 @@
       <x:c r="K356" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>606524</x:v>
+        <x:v>573623</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
@@ -22715,54 +22717,54 @@
       <x:c r="K357" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>573623</x:v>
+        <x:v>606524</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>507</x:v>
@@ -22776,57 +22778,57 @@
       <x:c r="K358" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>591789</x:v>
+        <x:v>577595</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="U358" s="16" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -22836,172 +22838,172 @@
       <x:c r="K359" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>577595</x:v>
+        <x:v>591789</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>591791</x:v>
+        <x:v>580666</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>580666</x:v>
+        <x:v>591791</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>506</x:v>
@@ -23024,51 +23026,51 @@
       <x:c r="M362" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>585087</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -23084,51 +23086,51 @@
       <x:c r="M363" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>585086</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>271</x:v>
@@ -23202,54 +23204,54 @@
       <x:c r="L365" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>591788</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
@@ -23553,51 +23555,51 @@
       <x:c r="M371" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>554802</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
@@ -23666,51 +23668,51 @@
       <x:c r="L373" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>585916</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
@@ -24373,739 +24375,739 @@
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>540207</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>585909</x:v>
+        <x:v>575484</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>585910</x:v>
+        <x:v>575487</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>55</x:v>
-[...1 lines deleted...]
-      <x:c r="C388" s="15" t="s"/>
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C388" s="15" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>576</x:v>
-[...1 lines deleted...]
-      <x:c r="H388" s="14" t="s"/>
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s">
+        <x:v>507</x:v>
+      </x:c>
       <x:c r="I388" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>597874</x:v>
+        <x:v>585909</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>571594</x:v>
+        <x:v>585910</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>571595</x:v>
+        <x:v>571594</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>571591</x:v>
+        <x:v>575486</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>575486</x:v>
+        <x:v>571591</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>575484</x:v>
+        <x:v>571595</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>575487</x:v>
+        <x:v>525865</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>612082</x:v>
+        <x:v>512928</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
-      <x:c r="E396" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E396" s="14" t="s"/>
+      <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>579797</x:v>
+        <x:v>589734</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>539608</x:v>
+        <x:v>579143</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
@@ -25114,462 +25116,466 @@
       <x:c r="K398" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>575405</x:v>
+        <x:v>539618</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>512928</x:v>
+        <x:v>612082</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>589734</x:v>
+        <x:v>539608</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>539618</x:v>
+        <x:v>575405</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
-      <x:c r="E402" s="14" t="s"/>
-      <x:c r="F402" s="14" t="s"/>
+      <x:c r="E402" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F402" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="G402" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>579143</x:v>
+        <x:v>579797</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>576746</x:v>
+        <x:v>575402</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>576749</x:v>
+        <x:v>575403</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>525865</x:v>
+        <x:v>585618</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
@@ -25578,698 +25584,706 @@
       <x:c r="K406" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>575402</x:v>
+        <x:v>576746</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>575403</x:v>
+        <x:v>576749</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>585618</x:v>
+        <x:v>570906</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
+      <x:c r="E409" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F409" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>570906</x:v>
+        <x:v>583868</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
-      <x:c r="E410" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E410" s="14" t="s"/>
+      <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>583868</x:v>
+        <x:v>575404</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>575404</x:v>
+        <x:v>585611</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>585611</x:v>
+        <x:v>585612</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>585612</x:v>
+        <x:v>570908</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>570908</x:v>
+        <x:v>570904</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>570904</x:v>
+        <x:v>590611</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>590611</x:v>
+        <x:v>569498</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
+      <x:c r="E417" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F417" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>569498</x:v>
+        <x:v>571259</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="G418" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -26282,415 +26296,409 @@
       <x:c r="K418" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>571259</x:v>
+        <x:v>579796</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="U418" s="16" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>579796</x:v>
+        <x:v>583814</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>41909</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G420" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>583814</x:v>
+        <x:v>613016</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>41909</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
-      <x:c r="E421" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>613016</x:v>
+        <x:v>572013</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>572013</x:v>
+        <x:v>539619</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>539619</x:v>
+        <x:v>569497</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>569497</x:v>
+        <x:v>570905</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -26703,2617 +26711,2612 @@
       <x:c r="K425" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>570905</x:v>
+        <x:v>554800</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>554800</x:v>
+        <x:v>570907</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>570907</x:v>
+        <x:v>575406</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>41909</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
-      <x:c r="E428" s="14" t="s"/>
-      <x:c r="F428" s="14" t="s"/>
+      <x:c r="E428" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F428" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="G428" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>575406</x:v>
+        <x:v>613015</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>41909</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>263</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>613015</x:v>
+        <x:v>455014</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>455014</x:v>
+        <x:v>498582</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>498582</x:v>
+        <x:v>548820</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
-      <x:c r="E432" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>548820</x:v>
+        <x:v>597955</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>597955</x:v>
+        <x:v>597972</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>597972</x:v>
+        <x:v>597871</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>589</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>597871</x:v>
+        <x:v>597874</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>597946</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>597953</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>597869</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>597892</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>597884</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>597865</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>597868</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>597888</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>597893</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>597966</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>597967</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>597866</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>597872</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>597873</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>597883</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>597954</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>597947</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>597949</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>597964</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>597870</x:v>
+        <x:v>597968</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>597864</x:v>
+        <x:v>597970</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>597886</x:v>
+        <x:v>597973</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>597889</x:v>
+        <x:v>597864</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>597896</x:v>
+        <x:v>597886</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>597948</x:v>
+        <x:v>597889</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>597956</x:v>
+        <x:v>597896</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>597965</x:v>
+        <x:v>597948</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>597971</x:v>
+        <x:v>597956</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>597968</x:v>
+        <x:v>597965</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>597970</x:v>
+        <x:v>597971</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>597973</x:v>
+        <x:v>597875</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>597875</x:v>
+        <x:v>597885</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>597885</x:v>
+        <x:v>597890</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>597890</x:v>
+        <x:v>597897</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>597897</x:v>
+        <x:v>597941</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>597941</x:v>
+        <x:v>597952</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>587</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>597952</x:v>
+        <x:v>597870</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>236</x:v>
       </x:c>