--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -212,62 +212,62 @@
   <x:si>
     <x:t>RC Forma</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/29/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Designer en architecture d'intérieur</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel coordinateur BIM du bâtiment (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
@@ -290,62 +290,62 @@
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel BIM modeleur du bâtiment (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/25/2028 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel BIM modeleur du bâtiment (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel BIM modeleur du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel coordinateur BIM du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel coordinateur BIM du bâtiment (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et maîtrise de l'eau (Apprentissage)</x:t>
@@ -833,68 +833,68 @@
   <x:si>
     <x:t>Diplôme d'État de paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure de Paysage</x:t>
   </x:si>
   <x:si>
     <x:t>78000</x:t>
   </x:si>
   <x:si>
     <x:t>Dessinateur en BTP</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Française du Bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Twinmotion - Logiciel photorealiste</x:t>
   </x:si>
   <x:si>
+    <x:t>Revit BIM - Perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enscape - Logiciel rendu photorealiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thearender - Logiciel rendu photoréaliste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Revit BIM - Ingénierie MEP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Revit BIM - Structure</x:t>
   </x:si>
   <x:si>
-    <x:t>Revit BIM - Perfectionnement</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
@@ -983,56 +983,56 @@
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA aménagements paysagers (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional de Formation à l'Environnement et au Développement Durable - CFA Régional Métiers de l'Environnement et du Développement Durable</x:t>
@@ -1115,60 +1115,60 @@
   <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BIM modeleur du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Designer en architecture d’intérieur</x:t>
   </x:si>
   <x:si>
     <x:t>Ace Education</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
@@ -2296,51 +2296,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>587444</x:v>
+        <x:v>587441</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -2350,51 +2350,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>587441</x:v>
+        <x:v>587444</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
@@ -2467,51 +2467,51 @@
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>599455</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
@@ -2650,332 +2650,332 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>499759</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>39520</x:v>
+        <x:v>39408</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>599528</x:v>
+        <x:v>599538</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39520</x:v>
+        <x:v>34280</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>552936</x:v>
+        <x:v>499766</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39520</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>599527</x:v>
+        <x:v>552936</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>39408</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>599538</x:v>
+        <x:v>599527</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>34280</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>499766</x:v>
+        <x:v>599528</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
@@ -3933,51 +3933,51 @@
       <x:c r="M41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>578368</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
@@ -4204,51 +4204,51 @@
       <x:c r="L46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>556719</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -4547,51 +4547,51 @@
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>608201</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -4607,51 +4607,51 @@
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>608202</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>167</x:v>
@@ -5615,51 +5615,51 @@
       <x:c r="L71" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>606283</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
@@ -5674,286 +5674,285 @@
       <x:c r="L72" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>606286</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39520</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
-      <x:c r="E73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>556729</x:v>
+        <x:v>580969</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>39520</x:v>
+        <x:v>34280</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>580969</x:v>
+        <x:v>552673</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>34280</x:v>
+        <x:v>34658</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>552673</x:v>
+        <x:v>552674</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>34658</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>552674</x:v>
+        <x:v>556729</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -5966,51 +5965,51 @@
       <x:c r="L77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>580976</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
@@ -6767,343 +6766,343 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>600744</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>22252</x:v>
+        <x:v>72503</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>600469</x:v>
+        <x:v>600730</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>72503</x:v>
+        <x:v>22223</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>600730</x:v>
+        <x:v>600742</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>22223</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>600742</x:v>
+        <x:v>600718</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>600718</x:v>
+        <x:v>600743</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>600743</x:v>
+        <x:v>600739</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>600739</x:v>
+        <x:v>600469</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>173</x:v>
@@ -7846,161 +7845,161 @@
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>616059</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>41382</x:v>
+        <x:v>38653</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>601005</x:v>
+        <x:v>551861</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38653</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>497968</x:v>
+        <x:v>601005</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38653</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>300</x:v>
@@ -8011,175 +8010,175 @@
       <x:c r="K114" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>551861</x:v>
+        <x:v>497968</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38653</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>12520</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>549871</x:v>
+        <x:v>496435</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>38653</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>549864</x:v>
+        <x:v>549871</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -8192,178 +8191,178 @@
       <x:c r="K117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>605833</x:v>
+        <x:v>549864</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>41382</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>605837</x:v>
+        <x:v>605833</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>496435</x:v>
+        <x:v>605837</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>168</x:v>
@@ -8558,51 +8557,51 @@
       <x:c r="M123" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>509547</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>168</x:v>
@@ -8800,51 +8799,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>498038</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>168</x:v>
@@ -9688,216 +9687,216 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>586055</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>34660</x:v>
+        <x:v>34658</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>540170</x:v>
+        <x:v>572830</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>34658</x:v>
+        <x:v>34660</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>540179</x:v>
+        <x:v>572829</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>39520</x:v>
+        <x:v>34660</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>586053</x:v>
+        <x:v>540170</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>34658</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
@@ -9906,346 +9905,346 @@
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>572830</x:v>
+        <x:v>540179</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>34660</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>572829</x:v>
+        <x:v>586053</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>34658</x:v>
+        <x:v>39519</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>540176</x:v>
+        <x:v>612163</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>39520</x:v>
+        <x:v>34658</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>586051</x:v>
+        <x:v>540176</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>39519</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>586054</x:v>
+        <x:v>586051</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>612163</x:v>
+        <x:v>586054</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>34660</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
@@ -10257,51 +10256,51 @@
       <x:c r="L152" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>540167</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -10373,343 +10372,343 @@
       <x:c r="L154" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>539578</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>39519</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>604427</x:v>
+        <x:v>585755</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>39520</x:v>
+        <x:v>39519</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>585755</x:v>
+        <x:v>604427</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>34660</x:v>
+        <x:v>34658</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>572815</x:v>
+        <x:v>539587</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>34658</x:v>
+        <x:v>34660</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>572816</x:v>
+        <x:v>572815</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>39520</x:v>
+        <x:v>34658</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>585753</x:v>
+        <x:v>572816</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39520</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
@@ -10718,114 +10717,114 @@
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>585754</x:v>
+        <x:v>585753</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>39519</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>585757</x:v>
+        <x:v>585754</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
@@ -10834,114 +10833,114 @@
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>612096</x:v>
+        <x:v>585757</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>34658</x:v>
+        <x:v>39519</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>539587</x:v>
+        <x:v>612096</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>34658</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
@@ -11010,51 +11009,51 @@
       <x:c r="L165" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>585756</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>34660</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">