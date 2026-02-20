--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -392,60 +392,60 @@
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours stratégie de communication numérique et design d'expérience</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Communication événementielle</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable communication</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de communication</x:t>
   </x:si>
   <x:si>
     <x:t>SUP'DE COM</x:t>
   </x:si>
@@ -3960,51 +3960,51 @@
       <x:c r="K40" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>549026</x:v>
+        <x:v>601938</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -4017,51 +4017,51 @@
       <x:c r="K41" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>601938</x:v>
+        <x:v>549026</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
@@ -4077,51 +4077,51 @@
       <x:c r="L42" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>599422</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4245,51 +4245,51 @@
       <x:c r="L45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>549023</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
@@ -4304,51 +4304,51 @@
       <x:c r="L46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>616705</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>41125</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -5168,314 +5168,314 @@
       <x:c r="I63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>72854</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>568037</x:v>
+        <x:v>568041</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>72854</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>568042</x:v>
+        <x:v>568228</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>72854</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>568043</x:v>
+        <x:v>568229</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>72854</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>568041</x:v>
+        <x:v>568037</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>72854</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>568228</x:v>
+        <x:v>568042</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>72854</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>568229</x:v>
+        <x:v>568043</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>