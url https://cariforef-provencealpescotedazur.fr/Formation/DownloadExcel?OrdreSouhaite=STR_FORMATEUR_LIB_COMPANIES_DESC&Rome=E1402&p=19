--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -272,56 +272,56 @@
   <x:si>
     <x:t>Directeur de projets image et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Développement Commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de projets image et communication BC01 Elaborer une stratégie d'image et de communication</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale BC 1 Concevoir une campagne webmarketing et communication digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable de projet webmarketing et communication digitale BC01 Concevoir une campagne webmarketing et communication digitale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale spécificité webmarketing brand content</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable de projet webmarketing et communication digitale BC01 Concevoir une campagne webmarketing et communication digitale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Création graphique</x:t>
@@ -587,59 +587,59 @@
   <x:si>
     <x:t>Communication interne</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Nice - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Marseille - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable projet communication (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Responsable projet communication</x:t>
   </x:si>
   <x:si>
     <x:t>Ecrire, filmer, monter une vidéo avec son smartphone</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Documentation audiovisuelle et multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir une campagne publicitaire</x:t>
@@ -668,62 +668,62 @@
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet marketing communication spécialisation communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing mix</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Responsable de projet marketing communication spécialisation marketing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>année préparatoire publique aux concours des écoles supérieures d'art et de design</x:t>
   </x:si>
   <x:si>
     <x:t>Beaux-Arts de Marseille - Ecole supérieure publique d'art et de design</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>Les Beaux-Arts de Marseille - INSEAMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Mettre en valeur et développer commercialement votre marque de cosmétiques bio</x:t>
   </x:si>
   <x:si>
     <x:t>Laboratoire 4E</x:t>
@@ -860,57 +860,57 @@
   <x:si>
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projet évènementiel</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la communication marketing intégrée (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
@@ -3088,225 +3088,225 @@
       <x:c r="K25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>562791</x:v>
+        <x:v>613645</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39974</x:v>
+        <x:v>35593</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>563716</x:v>
+        <x:v>578773</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39974</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>613645</x:v>
+        <x:v>562791</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>35593</x:v>
+        <x:v>39974</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>32135</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>578773</x:v>
+        <x:v>563716</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -4242,57 +4242,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>616705</x:v>
+        <x:v>549023</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4301,57 +4301,57 @@
       <x:c r="K46" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>549023</x:v>
+        <x:v>616705</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>41125</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -5136,191 +5136,191 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>568044</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>72854</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>568228</x:v>
+        <x:v>568041</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>568229</x:v>
+        <x:v>568228</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>72854</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>568041</x:v>
+        <x:v>568229</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
@@ -5718,201 +5718,202 @@
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>614362</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>614361</x:v>
+        <x:v>599369</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
+      <x:c r="E75" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>599369</x:v>
+        <x:v>614361</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>599365</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
@@ -6342,51 +6343,51 @@
       <x:c r="K85" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>551002</x:v>
+        <x:v>535009</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>195</x:v>
@@ -6401,51 +6402,51 @@
       <x:c r="K86" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>535009</x:v>
+        <x:v>551002</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
@@ -6461,54 +6462,54 @@
       <x:c r="L87" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>551012</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6520,51 +6521,51 @@
       <x:c r="L88" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>551013</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -6577,54 +6578,54 @@
       <x:c r="L89" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>535013</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
@@ -6636,51 +6637,51 @@
       <x:c r="L90" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>551003</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>76</x:v>
@@ -7138,54 +7139,54 @@
       <x:c r="L99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>535005</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -7197,54 +7198,54 @@
       <x:c r="L100" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>551006</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7254,51 +7255,51 @@
       <x:c r="L101" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>551009</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
@@ -7313,54 +7314,54 @@
       <x:c r="L102" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>535003</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7370,51 +7371,51 @@
       <x:c r="L103" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>551011</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
@@ -7429,54 +7430,54 @@
       <x:c r="L104" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>551014</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7486,54 +7487,54 @@
       <x:c r="L105" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>551000</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -7545,54 +7546,54 @@
       <x:c r="L106" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>551004</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7602,51 +7603,51 @@
       <x:c r="L107" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>551007</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
@@ -7661,54 +7662,54 @@
       <x:c r="L108" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>535011</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7718,54 +7719,54 @@
       <x:c r="L109" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>551010</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -7777,54 +7778,54 @@
       <x:c r="L110" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>535001</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7834,51 +7835,51 @@
       <x:c r="L111" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>551015</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
@@ -7893,51 +7894,51 @@
       <x:c r="L112" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>551001</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -7950,51 +7951,51 @@
       <x:c r="L113" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>551005</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
@@ -8009,54 +8010,54 @@
       <x:c r="L114" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>551008</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8066,54 +8067,54 @@
       <x:c r="L115" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>534998</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -8125,54 +8126,54 @@
       <x:c r="L116" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34031</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>535007</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -8355,51 +8356,51 @@
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>479283</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>104</x:v>
@@ -8466,51 +8467,51 @@
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>486635</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37156</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>104</x:v>
@@ -8577,51 +8578,51 @@
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>486639</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>104</x:v>
@@ -8631,51 +8632,51 @@
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>479282</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>76</x:v>
@@ -8688,51 +8689,51 @@
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>537350</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37156</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>104</x:v>
@@ -8742,51 +8743,51 @@
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>537346</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37156</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>76</x:v>
@@ -9362,210 +9363,211 @@
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>558981</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
+      <x:c r="E139" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>616856</x:v>
+        <x:v>608966</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>608966</x:v>
+        <x:v>617513</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>617513</x:v>
+        <x:v>616856</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -10317,118 +10319,118 @@
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>587024</x:v>
+        <x:v>587022</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>587022</x:v>
+        <x:v>587025</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>303</x:v>
@@ -10437,202 +10439,202 @@
       <x:c r="K158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>587025</x:v>
+        <x:v>587026</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>587026</x:v>
+        <x:v>587024</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>587017</x:v>
+        <x:v>587014</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>587020</x:v>
+        <x:v>587017</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>303</x:v>
@@ -10641,202 +10643,202 @@
       <x:c r="K162" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>587019</x:v>
+        <x:v>587020</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>587016</x:v>
+        <x:v>587019</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>587018</x:v>
+        <x:v>587016</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>587014</x:v>
+        <x:v>587018</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>312</x:v>
@@ -11415,51 +11417,51 @@
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>556602</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
@@ -11717,51 +11719,51 @@
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>556553</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>348</x:v>
@@ -12020,51 +12022,51 @@
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>556520</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>348</x:v>
       </x:c>