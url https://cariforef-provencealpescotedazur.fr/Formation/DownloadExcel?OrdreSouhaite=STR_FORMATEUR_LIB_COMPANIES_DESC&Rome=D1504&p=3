--- v1 (2026-03-12)
+++ v2 (2026-03-12)
@@ -1429,100 +1429,100 @@
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>578822</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>559216</x:v>
+        <x:v>578831</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -1540,100 +1540,100 @@
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>613732</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>578831</x:v>
+        <x:v>559216</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38666</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>