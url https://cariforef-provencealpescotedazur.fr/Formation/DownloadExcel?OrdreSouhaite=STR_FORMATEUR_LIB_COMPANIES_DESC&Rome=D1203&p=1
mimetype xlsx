--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -257,93 +257,93 @@
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spa praticien</x:t>
   </x:si>
   <x:si>
     <x:t>Peyrefitte Esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Profession libérale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/29/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Hydro-praticien</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Conseil Thalatherm</x:t>
   </x:si>
   <x:si>
     <x:t>FCT</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
     <x:t>Médecine thermale</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
+    <x:t>07/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hydro-praticien (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -1232,327 +1232,328 @@
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>612673</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38122</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
-      <x:c r="E8" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>546886</x:v>
+        <x:v>546187</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38122</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
+      <x:c r="E9" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>546187</x:v>
+        <x:v>546886</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38795</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>43029</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>581279</x:v>
+        <x:v>581277</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38795</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>43029</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>581277</x:v>
+        <x:v>581279</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38795</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>43029</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>551900</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>